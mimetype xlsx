--- v0 (2025-10-27)
+++ v1 (2026-03-23)
@@ -54,2247 +54,2247 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Edilso Paulo Ranzan</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_lei_compl_004_-_mesa_-_revisao_servidores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_lei_compl_004_-_mesa_-_revisao_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos vencimentos dos servidores públicos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização e Apoio aos Portadores das Doenças de Alzheimer e Parkinson no âmbito do Município de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/695/projlei030_-_silvian_-_projeto_ruas_loteamento_premier.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/695/projlei030_-_silvian_-_projeto_ruas_loteamento_premier.doc</t>
   </si>
   <si>
     <t>Atribui denominação às vias públicas do Loteamento Premier.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/696/projlei033-renna_-_heiliger_joseph_utilidade_publica.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/696/projlei033-renna_-_heiliger_joseph_utilidade_publica.docx</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Grupo Folclórico Alemão “Heiliger Joseph”.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal para a População Migrante, com objetivos, princípios, diretrizes e ações prioritárias, e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_lei_049_-_mauro_-_concessionarias_e_permissionarias_-_oficial.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_lei_049_-_mauro_-_concessionarias_e_permissionarias_-_oficial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da regularização e retirada dos fios e cabos inutilizados, em vias públicas, por parte das empresas concessionárias e permissionárias, e dá outras providências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Edson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/690/projeto_lei_050_-_edson_e_adilson_-_altera_lei_1911.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/690/projeto_lei_050_-_edson_e_adilson_-_altera_lei_1911.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.911, de 01 de dezembro de 2010.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_lei_051_-_edson_-_cidade_jardim_slo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_lei_051_-_edson_-_cidade_jardim_slo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Cidade Jardim no município de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/692/projeto_lei_056_-_silvian_-_doencas_de_alzheimer_e_parkinson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/692/projeto_lei_056_-_silvian_-_doencas_de_alzheimer_e_parkinson.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/698/projlei064_-_silvian_-_de_bem_com_a_natureza.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/698/projlei064_-_silvian_-_de_bem_com_a_natureza.pdf</t>
   </si>
   <si>
     <t>Institui o programa São Lourenço do Oeste de Bem com a Natureza.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_lei_065_-_renna_-_instituicao_de_nome_de_rua.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_lei_065_-_renna_-_instituicao_de_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>Atribui denominação à via pública do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/687/projeto_lei_013_-_mesa_-_revisa_subsidios.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/687/projeto_lei_013_-_mesa_-_revisa_subsidios.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos subsídios dos agentes políticos dos Poderes Legislativo e Executivo Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_lei_048_-_renna_-_contribuicoes_-_escritorio_virtual.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_lei_048_-_renna_-_contribuicoes_-_escritorio_virtual.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação, instalação e funcionamento de espaços coworking, business center e escritórios virtuais, e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/682/pr_01-_comissao_assuntos_relevantes_chacaras.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/682/pr_01-_comissao_assuntos_relevantes_chacaras.docx</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes para análise e encaminhamentos com vistas as situações de Parcelamento de Chácaras em São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_resolucao_02_-_despesas_audiencia_publica.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_resolucao_02_-_despesas_audiencia_publica.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para custeio de despesas com a realização de audiência pública para debater o sistema de tráfego no perímetro urbano de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_resolucao_03_-_despesas_audiencia_publica.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_resolucao_03_-_despesas_audiencia_publica.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para custeio de despesas com a realização de audiência pública para debater o movimento migratório no município de São Lourenço do Oeste, SC.</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes para estudos e elaboração de minuta do Código de Ética e Decoro Parlamentar da Câmara de Vereadores de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_resolucao_05_-_inclui_causa_animal.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_resolucao_05_-_inclui_causa_animal.docx</t>
   </si>
   <si>
     <t>Altera a Resolução n. 190/2017 (Regimento Interno) no que diz respeito à nomenclatura e atribuições da Comissão Permanente de Educação, Cultura, Saúde e Assistência Social.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli</t>
   </si>
   <si>
     <t>Aprova o Parecer Prévio n. 128/2020 do Tribunal de Contas do Estado de Santa Catarina, referente ao Processo n. TCE-PCP - 20/00126302, relativo às contas do exercício de 2019 do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Edilso Paulo Ranzan, Edson Ferrari, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/679/pdl_-_02_cidadao_honorario_dionisio_biazussi.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/679/pdl_-_02_cidadao_honorario_dionisio_biazussi.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Senhor Dionísio Biazussi.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>José Deon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/680/pdl_-_03_cidadao_honorario_cairu_hack.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/680/pdl_-_03_cidadao_honorario_cairu_hack.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Senhor Cairu Hack.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adílio Carubin</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_adilio_-_informacoes_diversas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_adilio_-_informacoes_diversas.pdf</t>
   </si>
   <si>
     <t>Requer o Relatório mensal de horas trabalhadas nos anos de 2019 e 2020 do caminhão terceirizado Placa EVO 9621. (Obs. todo o serviço realizado possui um relatório de horas trabalhadas com valor pago); Comprovantes como nota fiscal que comprovem o valor gasto na ponte da Comunidade de Rio Feliciano; Todos os pagamentos de 2021 feitos para a Empresa Cruzeiro e tipo de obras realizadas pela mesma;Todos os pagamentos feitos e relatórios dos serviços realizados durante o ano de 2021 para a Empresa Noroeste Terra Planagem.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_002.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_002.docx</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer acerca do Projeto de Lei Complementar n˚ 011/2021, que visa alterar a Lei Complementar n˚ 146, de 28 de dezembro de 2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>MDB, Edilso Paulo Ranzan, Edson Ferrari, Marlice Villani Perazoli, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_03_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_03_mdb.pdf</t>
   </si>
   <si>
     <t>Realização de audiência pública para o dia 11 de maio de 2021, a partir das 19h, seguindo todos os procedimentos e protocolos de prevenção a Covid-19, para debater questões pertinentes ao trânsito de São Lourenço do Oeste, com vistas a discussão sobre o transporte de carga pesada, estacionamento rotativo, transporte coletivo, acidentes de trânsito, dentre outros aspectos, visando buscar soluções para o trânsito de nosso município.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_silvian_-_informacoes_diversas_-_copia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_silvian_-_informacoes_diversas_-_copia.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as horas maquinas.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_adilio_-_imagens_sala_da_saude.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_adilio_-_imagens_sala_da_saude.pdf</t>
   </si>
   <si>
     <t>Requer imagens das câmeras de vigilância da sala da Secretária Municipal de Saúde, e do corredor que dá acesso a sala da Secretária, no dia 13 de abril de 2021.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_06_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_06_adilio.pdf</t>
   </si>
   <si>
     <t>Relatórios do ponto eletrônico e das horas trabalhadas pela servidora municipal Ângela Beux, no período de 2013 até a presente data.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_07_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_07_silvian.pdf</t>
   </si>
   <si>
     <t>Pedido de informações.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_silvian_-_editais.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_silvian_-_editais.pdf</t>
   </si>
   <si>
     <t>Requer cópia de todos os editais de processos licitatórios relativos à contratação de empresas para prestação de serviços de horas máquinas para a área rural, com as respectivas atas de julgamento, homologações e contratos em decorrências destes, nos anos de 2017 a 2020.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MDB, Edson Ferrari, Marlice Villani Perazoli, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/720/requeirmento_09_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/720/requeirmento_09_mdb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA ao vereador Edilso Paulo Ranzan, para o período de 10 dias, a contar do dia 24 de junho de 2021, para tratamento de saúde, conforme atestado médico e exame anexos.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Adilson Sperança, Mesa Diretora - MESA, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_mesa_diretora_10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_mesa_diretora_10.pdf</t>
   </si>
   <si>
     <t>Afastamento do presidente vereador Edilso Paulo Ranzan desde o dia 24 de junho de 2021, para tratamento de saúde</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_adilio_-_informacoes_cheque_do_leite.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_adilio_-_informacoes_cheque_do_leite.pdf</t>
   </si>
   <si>
     <t>Requer quantos produtores de leite existem no município e quantos desses produtores de leite receberam nos anos de 2017 a 2020 o benefício do Programa Cheque de Leite.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_12_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_12_marlice.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 15 de agosto a 15 de setembro de 2021, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_adilio_-_informacoes_sine.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_adilio_-_informacoes_sine.pdf</t>
   </si>
   <si>
     <t>Requer quantos atendimentos eram realizados pelo SINE (Sistema Nacional de Empregos) no endereço antigo e quantos atendimentos são realizados pelo SINE no atual endereço.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Edson Ferrari, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_edson_e_mauro_-_informacoes_terminal_rodoviario.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_edson_e_mauro_-_informacoes_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>Requer  à situação do terminal rodoviário municipal, e para que possamos ter a real compreensão do contrato firmado e estarmos amparados em dados oficiais da administração.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_adilio_-_informacoes_maquinas_agricolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_adilio_-_informacoes_maquinas_agricolas.pdf</t>
   </si>
   <si>
     <t>Requer solicita a descrição dos impeditivos legais, que não permitem à Prefeitura adquirir equipamentos agrícolas.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_adilio_-_informacoes_dentista_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_adilio_-_informacoes_dentista_sao_roque.pdf</t>
   </si>
   <si>
     <t>Requer as informações relacionadas ao atendimento do Dentista na Unidade de Saúde do Distrito de São Roque.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/575/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_apoio_ao_desenvolvimento_da_agricultura_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/575/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_apoio_ao_desenvolvimento_da_agricultura_1.pdf</t>
   </si>
   <si>
     <t>"Requer que seja oficiado o Executivo Municipal, Secretário Municipal de Agricultura, para que preste à Câmara de Vereadores,quantos agricultores atualmente existem cadastrados no munícipio aptos a receberem o Apoio ao Desenvolvimento da Agricultura,</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/580/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_locados_pelo_municipio_2.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/580/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_locados_pelo_municipio_2.pdf</t>
   </si>
   <si>
     <t>"Requer  que seja oficiado o Executivo Municipal, Secretário Municipal de Administração e Fazenda, para que preste à Câmara de Vereadores:	_x000D_
 1-Número de imóveis terrenos e/ou salas comerciais, locados pelo Município;_x000D_
 2-Apresentação dos atuais contratos de locação;</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/581/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_pertencentes_ao_municipio_3.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/581/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_pertencentes_ao_municipio_3.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Executivo Municipal, Secretário Municipal de Administração e Fazenda, para que preste à Câmara de Vereadores:	_x000D_
 1-Número de imóveis edificados e não edificados pertencentes ao Município;_x000D_
 2.Localização dos mesmos, contendo: Rua,Número da edificação,Bairro,Linha ou distrito.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_20_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_20_mauro.pdf</t>
   </si>
   <si>
     <t>Pedido de informações referente à Política Municipal de Apoio ao Desenvolvimento da Agricultura, o Incentivo Econômico denominado “Bônus Fiscal” aos Produtores de Leite.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_adilio_-_rua_isaura_moretto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_adilio_-_rua_isaura_moretto.pdf</t>
   </si>
   <si>
     <t>Requer qual o motivo pela não conclusão da pavimentação asfáltica na Rua Isaura Moreto Feuser, onde apenas poucos metros ficaram sem essa benfeitoria.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_adilio_-_contratos_de_terrenos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_adilio_-_contratos_de_terrenos.pdf</t>
   </si>
   <si>
     <t>Requer cópia de todos os contratos de terrenos doados para instalação de empresas na Área Industrial, nos anos de 2007 a 2012. E quais eram as exigências a serem cumpridas pelas empresas contempladas com esses terrenos.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_002.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_002.pdf</t>
   </si>
   <si>
     <t>Requer prorrogação de prazo para exarar parecer acerca do Projeto de Lei Complementar n˚ 011/2021.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Requer o valor gasto com a construção da Casa do Papai Noel da Praça da Bandeira.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_adilio_-_informacoes_terreno_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_adilio_-_informacoes_terreno_sao_roque.pdf</t>
   </si>
   <si>
     <t>Requer cópia da escritura de área de terra do município no Distrito de São Roque e cópia de documento contendo a medição da mesma área de terra.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_01-_renna_-_revitalizacao_morro_do_piolho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_01-_renna_-_revitalizacao_morro_do_piolho.pdf</t>
   </si>
   <si>
     <t>“Revitalização da Comunidade Nossa Senhora Aparecida “Favela do Piolho”, com pavimentação e iluminação pública das ruas 100, 200 e 50”.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_02_-_renna_-_praca_da_liberdade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_02_-_renna_-_praca_da_liberdade.pdf</t>
   </si>
   <si>
     <t>“Demarcação e Sinalização na pista de atletismo da Praça da Liberdade, organizando o tráfego entre pedestres e ciclistas”.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_03_-_renna_-_area_de_lazer_esportiva.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_03_-_renna_-_area_de_lazer_esportiva.pdf</t>
   </si>
   <si>
     <t>“Estudo de Viabilidade para investimento em área de lazer/esportiva próximo ao Parque Bracatinga”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_04_-_silvian_-_saneamento_basico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_04_-_silvian_-_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>“Investimentos e melhorias em Saneamento Básico, nos seguintes serviços: coleta e tratamento de esgoto; drenagem urbana; esgotamento sanitário; abastecimento de água”.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_05_-_gilmar_-_coleta_de_lixo_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_05_-_gilmar_-_coleta_de_lixo_sao_roque.pdf</t>
   </si>
   <si>
     <t>“Coleta seletiva do lixo na comunidade de São Roque”.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_adilio_-_horas_trabalhadas_angela_beux.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_adilio_-_horas_trabalhadas_angela_beux.pdf</t>
   </si>
   <si>
     <t>Requer o relatório do ponto eletrônico, bem como relatório de horas trabalhadas pela servidora municipal Ângela Beux no período de 2013 até o momento.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_07_-_silvian_-_melhorias_em_estrada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_07_-_silvian_-_melhorias_em_estrada.pdf</t>
   </si>
   <si>
     <t>“Melhorias e readequação nas seguintes estradas rurais: estrada que dá acesso a comunidade de Santo Antônio, passando por Linha Jacutinga e chegando ao Distrito de Presidente Juscelino e estrada que dá acesso à Linha Alto da Serra, no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_08_-_silvian_-_criacao_de_uma_reparticao_publica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_08_-_silvian_-_criacao_de_uma_reparticao_publica.pdf</t>
   </si>
   <si>
     <t>“Criação de uma Repartição Pública voltada para toda Infraestrutura Rural, com a principal finalidade de ser a responsável pela malha viária rural, fazendo a abertura, melhoria, readequação de toda e qualquer estrada no perímetro rural, bem como as outras demandas oriundas e subsequentes desta pasta, vinculada ao interior do munícipio no quesito infraestrutura”.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_06_-_marlice-_aquisicao_de_maquinas_presidente_juscelino.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_06_-_marlice-_aquisicao_de_maquinas_presidente_juscelino.pdf</t>
   </si>
   <si>
     <t>“Aquisição de maquinas para o Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_10_-_adilson_-_pavimentacao_trecho_rua_sete_de_setembro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_10_-_adilson_-_pavimentacao_trecho_rua_sete_de_setembro.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica em trecho da Rua Sete de Setembro”.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_11_-_edilso-_aparelhos_de_oxigenio.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_11_-_edilso-_aparelhos_de_oxigenio.doc</t>
   </si>
   <si>
     <t>“Aquisição de pelo menos 15 (quinze) aparelhos concentradores portáteis de oxigênio para atendimento as pessoas que necessitem de suporte no uso contínuo do O² (oxigênio)”.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_12_-_edson-_retirada_canterio_central.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_12_-_edson-_retirada_canterio_central.pdf</t>
   </si>
   <si>
     <t>“Retirada de uma parte do canteiro central na Rua Guilherme Hack, cruzamento com a Avenida Brasil onde possui o semáforo”.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_13_-_edson-_pavimentacao_asfaltica_rua_leoberto_leal.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_13_-_edson-_pavimentacao_asfaltica_rua_leoberto_leal.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica nas Ruas Leoberto Leal, entre a Rua Rio de Janeiro e João Beux Sobrinho, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_14-_renna_-_revitalizacao_cdm.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_14-_renna_-_revitalizacao_cdm.pdf</t>
   </si>
   <si>
     <t>“Revitalização Emergencial na sede do Comitê Desportivo Municipal”.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_15_-_silvian_-_iluminacao_publica_lot._baldin.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_15_-_silvian_-_iluminacao_publica_lot._baldin.pdf</t>
   </si>
   <si>
     <t>“Instalação e ou substituição de iluminação pública, usando lâmpadas de led no Bairro Santa Catarina, Loteamento Baldin, mais especificamente nas seguintes ruas: Tranquilo Baldin; Vereador Roberto Wolkmer; Vereador Julio Burato; Arnaldo Mendes; Leoberto Leal”.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_16_-_adilson_-_melhorias_no_calcamento_lauro_muler.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_16_-_adilson_-_melhorias_no_calcamento_lauro_muler.pdf</t>
   </si>
   <si>
     <t>“Implantação de faixa de pedestre nos dois sentidos da rotatória localizada no Acesso Sul, que liga ao Loteamento Meneguetti, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_17_-_edson-_retirada_de_arvores_ao_lado_secretaria_de_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_17_-_edson-_retirada_de_arvores_ao_lado_secretaria_de_educacao.pdf</t>
   </si>
   <si>
     <t>“Retirada das árvores que estão na calçada da rua Nereu Ramos, entre a Travessa São Pedro e a Avenida Brasil, terreno ao lado da Secretaria de Educação”.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_18_-_marlice_-_implantacao_de_area_de_lazer_cruzeiro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_18_-_marlice_-_implantacao_de_area_de_lazer_cruzeiro.pdf</t>
   </si>
   <si>
     <t>“Implantação de uma área de lazer na Rua Pedro Álvaro Cabral, esquina com a Rua Pedro Spricigo no Bairro Cruzeiro”.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_19_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_19_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf</t>
   </si>
   <si>
     <t>“Implantação de redutor de velocidade (lombada) na rua Hermes Gabriel Ioris Loteamento Jardim Borges, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_20_-_adilio_-_alargamento_de_pontes_no_interior.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_20_-_adilio_-_alargamento_de_pontes_no_interior.pdf</t>
   </si>
   <si>
     <t>“Alargamento das pontes mais antigas do município”.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_21_-_renna_-_redutores_de_velocidade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_21_-_renna_-_redutores_de_velocidade.pdf</t>
   </si>
   <si>
     <t>“Instalação de Redutores de Velocidade em Locais de Interesse Público”.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_22_-_edson_-_redutor_de_velocidade_sao_francisco_e_meneguetti.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_22_-_edson_-_redutor_de_velocidade_sao_francisco_e_meneguetti.pdf</t>
   </si>
   <si>
     <t>“Redutor de velocidade (lombada) na rua Frei Antônio Coletti no bairro São Francisco e na rua Isaías Abatti, esquina com a rua Francisco José Ferguts no loteamento Meneguetti, bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_23_-_gilmar_-_conclusao_asfalto_sede_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_23_-_gilmar_-_conclusao_asfalto_sede_sao_roque.pdf</t>
   </si>
   <si>
     <t>“Conclusão do asfalto na sede do Distrito de São Roque, partindo da Rodovia SC-157, próximo a Mecânica Mezzono, até a parte já realizada, nas imediações da antiga serraria”.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_24_-_marlice_-_ampliacao_redutor_de_velocidade_ctg.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_24_-_marlice_-_ampliacao_redutor_de_velocidade_ctg.pdf</t>
   </si>
   <si>
     <t>“Ampliação dos redutores de velocidade (lombada) próximos ao CTG Amizade sem Fronteira”.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_25_-_edson_-_melhoria_asfalto_rua_zeno_germano_etges.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_25_-_edson_-_melhoria_asfalto_rua_zeno_germano_etges.pdf</t>
   </si>
   <si>
     <t>“Melhoria no asfalto da rua Prefeito Zeno Germano Etges, entre a Avenida Brasil e a rua Gílio Rezzieri”.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_26_-_adilson_-_melhoria_calcamento_lauro_muller.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_26_-_adilson_-_melhoria_calcamento_lauro_muller.pdf</t>
   </si>
   <si>
     <t>“Melhorias no calçamento da rua Lauro Muller Loteamento Meneguetti, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_27_-_jose_-_pavimentacao_asfaltica_presidnete_juscelino.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_27_-_jose_-_pavimentacao_asfaltica_presidnete_juscelino.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfaltica das ruas que dão acesso a comunidade de Linha Alvorada e da comunidade da Linha Limoeiro até o limite do perímetro urbano, no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_28_-_jose_-_conserto_de_buraco_frei_angelo_valentin.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_28_-_jose_-_conserto_de_buraco_frei_angelo_valentin.pdf</t>
   </si>
   <si>
     <t>“Conserto de buraco no asfalto da rua Frei Ângelo Valentim, no bairro São Francisco”.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_29_-_renna_-_acoes_de_combate_a_pandemia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_29_-_renna_-_acoes_de_combate_a_pandemia.pdf</t>
   </si>
   <si>
     <t>“Medidas de Apoio Direcionadas aos Empreendedores de São Lourenço do Oeste afetados pela Pandemia do COVID-19”.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_30_-_edson_-_iluminacao_trevo_de_acesso_a_cidade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_30_-_edson_-_iluminacao_trevo_de_acesso_a_cidade.pdf</t>
   </si>
   <si>
     <t>“Melhoria na iluminação pública do trevo de acesso à cidade localizado no Contorno Viário, próximo a empresa Agronômica”.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_31_-_adilson_-_continuacao_da_britagem_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_31_-_adilson_-_continuacao_da_britagem_sao_roque.pdf</t>
   </si>
   <si>
     <t>“Continuidade da britagem na estrada principal do Distrito de São Roque, passando pelas comunidades de Linha Prata, Santa Inês, Santos Dumont até Belvedere”.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_32_-_silvian_-_troca_de_placa_de_sinalizacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_32_-_silvian_-_troca_de_placa_de_sinalizacao.pdf</t>
   </si>
   <si>
     <t>“Instalação ou substituição de placa de sinalização ou placa informativa indicando o sentido obrigatório de caminhões pesados para acesso ás indústrias Parati/kellogg, Casaredo na rua Guilherme Hack, esquina com a Avenida Brasil (no semáforo)”.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_33_-_silvian_-_iluminacao_publica_frente_praca_da_bandeira.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_33_-_silvian_-_iluminacao_publica_frente_praca_da_bandeira.pdf</t>
   </si>
   <si>
     <t>“Substituição da iluminação pública na Avenida Brasil, mais precisamente na quadra em frente à Praça Da Bandeira, sobre o passeio”.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_034_-_renna_-_setor_de_eventos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_034_-_renna_-_setor_de_eventos.pdf</t>
   </si>
   <si>
     <t>“Elaboração de Edital Municipal Emergencial para o Setor de Eventos/Turístico, a fim de evitar que empresas lourencianas fechem as portas em decorrência das medidas restritivas relacionadas à Pandemia do COVID-19”.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_35_-_jose_-_transporte_coletivo_familias.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_35_-_jose_-_transporte_coletivo_familias.pdf</t>
   </si>
   <si>
     <t>“Viabilização de transporte coletivo as famílias moradoras nas Linhas: Alta da Serra, Poço Redondo, São Sebastião, Nova Farroupilha, e Turvo Baixo, até a cidade”.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_36_-_edson_-_melhorias_estrada_linha_costa.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_36_-_edson_-_melhorias_estrada_linha_costa.pdf</t>
   </si>
   <si>
     <t>“Melhorias na estrada geral da Linha Costa, passando pelo Rancho Siqueira até a propriedade do Sr. Olindo Peron, sendo que nesta estrada possui três “mata burro” que também precisam de reparos”.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_37_-_marlice_-_viabilidade_de_uma_viatura_pm.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_37_-_marlice_-_viabilidade_de_uma_viatura_pm.pdf</t>
   </si>
   <si>
     <t>“Viabilizar articulação junto ao Governo do Estado de Santa Catarina e representantes da Alesc, com vistas a obtenção de uma viatura para a Polícia Militar de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_38_-_silvian_-_iluminacao_e_paver_lageado_antunes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_38_-_silvian_-_iluminacao_e_paver_lageado_antunes.pdf</t>
   </si>
   <si>
     <t>“Implantação de iluminação pública no acesso à igreja e ao pavilhão da comunidade de Lajeado Antunes e no acesso e estacionamento das dependências do campo do Esporte Clube São José de Lajeado Antunes._x000D_
 “Implantação do passeio público com paver do asfalto existente até ao pavilhão da comunidade de Lageado Antunes”._x000D_
 “Perfuração de poço artesiano junto ao pavilhão da comunidade de Lajeado Antunes”.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_39-_edson_-_melhorias_placas_de_sinalizacao_interior.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_39-_edson_-_melhorias_placas_de_sinalizacao_interior.pdf</t>
   </si>
   <si>
     <t>“Melhorias nas placas de sinalização que indicam as comunidades no interior do município”.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_40_-_renna_-_lei_dos_animais.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_40_-_renna_-_lei_dos_animais.pdf</t>
   </si>
   <si>
     <t>“Envio de projeto de lei a apreciação da Câmara de Vereadores para alterações na Lei nº 2.351/2017, que institui o Programa Permanente de Educação em Saúde e Controle Reprodutivo de Cães e Gatos de São Lourenço do Oeste – SC”.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_marlice_41.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_marlice_41.pdf</t>
   </si>
   <si>
     <t>Melhorias nas estradas que ligam a comunidade de Três Voltas a Linha Sentinela e a comunidade de Lageado Antunes as proximidades da comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_42-_edson_-_redutor_de_velocidade_mario_pagliosa.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_42-_edson_-_redutor_de_velocidade_mario_pagliosa.pdf</t>
   </si>
   <si>
     <t>“Implantação de redutor de velocidade na rua Mário Pagliosa, esquina com as ruas Joaquim Borges e Hermes Gabriel Ioris, no Loteamento Jardim Borges.”.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_43-_edson_-_instalacao_de_rede_de_agua.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_43-_edson_-_instalacao_de_rede_de_agua.pdf</t>
   </si>
   <si>
     <t>“Instalação de rede de água da Casan em propriedades de moradores da Linha Bela Vista, no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_44_-_adilio_-_melhorias_estrada_guapore_-_farroupilha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_44_-_adilio_-_melhorias_estrada_guapore_-_farroupilha.pdf</t>
   </si>
   <si>
     <t>“Melhorias na estrada da linha Novo Guaporé, que dá acesso à Linha Farroupilha, no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_45_-_adilio_-_melhorias_estrada_linha_sao_miguel.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_45_-_adilio_-_melhorias_estrada_linha_sao_miguel.pdf</t>
   </si>
   <si>
     <t>“Melhorias na estrada da Linha São Miguel que dá acesso à Linha São Caetano, no Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_46_-_gilmar_-_troca_de_lampadas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_46_-_gilmar_-_troca_de_lampadas.pdf</t>
   </si>
   <si>
     <t>“Troca das lâmpadas queimadas nos postes das vias públicas na sede do Distrito de São Roque, e colocação de braço e lâmpada na proximidade da residência de João Calegari”.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_47_-_adilio_-_reabertura_e_cascalhamento_lagwado_grande_e_raul.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_47_-_adilio_-_reabertura_e_cascalhamento_lagwado_grande_e_raul.pdf</t>
   </si>
   <si>
     <t>“Serviço de terraplanagem para casa e abertura de acesso a propriedade de Cleimar Antunes, na Linha Alvorada, Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_48_-_renna_-_chacaras.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_48_-_renna_-_chacaras.docx</t>
   </si>
   <si>
     <t>“Minuta de Legislação para o Parcelamento de Chácaras de Recreio em Território Urbano do Município de São Lourenço do Oeste/SC”.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_49_-_marlice_-_vigilancia_nas_escolas_do_municipio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_49_-_marlice_-_vigilancia_nas_escolas_do_municipio.pdf</t>
   </si>
   <si>
     <t>“Viabilizar vigilantes para fazer a segurança nas escolas do município”.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_50-_edson_-_melhorias_rua_joalcides_angheben.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_50-_edson_-_melhorias_rua_joalcides_angheben.pdf</t>
   </si>
   <si>
     <t>“Melhorias na rua Joalcides Angheben, no bairro São Francisco”.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_51-_edson_-_pintura_de_faixa_elevada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_51-_edson_-_pintura_de_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>“Pintura da faixa de pedestres na rodovia SC 480 em frente à Escola Básica Municipal São Lourenço”.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_52_-_silvian_-_melhorias_predios_publicos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_52_-_silvian_-_melhorias_predios_publicos.pdf</t>
   </si>
   <si>
     <t>“Melhorias em prédios a fim de viabilizar acessibilidade aos órgãos públicos”.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_53_-_adilio_-_melhorias_na_iluminacao_publica_rua_jarbas_mendes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_53_-_adilio_-_melhorias_na_iluminacao_publica_rua_jarbas_mendes.pdf</t>
   </si>
   <si>
     <t>“Melhorias na iluminação pública com troca de lâmpadas na rua Jarbas Mendes, acesso a comunidade de Lageado Raul”.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>“Encaminhamentos da Audiência Pública Referente ao Trânsito de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_55_-_silvian_-_reforma_e_ampliacao_bela_vista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_55_-_silvian_-_reforma_e_ampliacao_bela_vista.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação das instalações junto ao campo de futebol da comunidade de Santana da Bela Vista”.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Gilmar de Camargo</t>
   </si>
   <si>
     <t>“Melhorias com britagem na estrada geral da Linha Pieta, no Distrito de São Roque”.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Adilson Sperança</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_58_-_adilson_-_tapa_buracos_diversas_ruas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_58_-_adilson_-_tapa_buracos_diversas_ruas.pdf</t>
   </si>
   <si>
     <t>“Melhoria com tapa buracos nas seguintes Ruas: Rui Barbosa, em frente ao Posto de Saúde, Gílio Rezzieri, no Centro e Pedro Alvares Cabral, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_59_-_adilson_-_repasse_financeiro_sociedade_rural.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_59_-_adilson_-_repasse_financeiro_sociedade_rural.pdf</t>
   </si>
   <si>
     <t>“Repasse financeiro para a Sociedade Rural do Noroeste de Santa Catarina CNPJ 86.695.962.0001/28, no valor de R$ 50.000,00 (cinquenta mil reais)”.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_60_-_renna_-_sinalizacao_acesso_araucaria_park_e_daniel.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_60_-_renna_-_sinalizacao_acesso_araucaria_park_e_daniel.pdf</t>
   </si>
   <si>
     <t>“Implantação de Sinalização Paliativa no Acesso do Loteamento Daniel e Araucária Park, localizado nas margens da rodovia SC 305 com a Avenida das Nogueiras”.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_62_-_jose_-_patrolamento_e_cascalhamento_sentinella.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_62_-_jose_-_patrolamento_e_cascalhamento_sentinella.pdf</t>
   </si>
   <si>
     <t>“Melhorias com patrolamento, cascalhamento e compactação da estrada que liga Três Voltas a Linha Sentinella”.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_63-_edson_-_melhorias_praca_progresso.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_63-_edson_-_melhorias_praca_progresso.pdf</t>
   </si>
   <si>
     <t>Melhorias na Praça do bairro Progresso, próximo ao Santuário.”.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_64_-_renna_-_auxilio_musicos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_64_-_renna_-_auxilio_musicos.pdf</t>
   </si>
   <si>
     <t>“Apoio aos Músicos e Produtoras Locais”.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_65-_marlice_-_perfuracao_de_poco_linha_sentinela.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_65-_marlice_-_perfuracao_de_poco_linha_sentinela.pdf</t>
   </si>
   <si>
     <t>“Perfuração de um poço artesiano ou fonte modelo caxambu, na comunidade de Linha Sentinella”.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_66_-_adilio_-_melhoria_ponte_lageado_grande.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_66_-_adilio_-_melhoria_ponte_lageado_grande.pdf</t>
   </si>
   <si>
     <t>“Construção de uma nova ponte na Linha Lageado Grande, estrada que dá acesso a Frederico Wastner e Santa Terezinha”.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_67_-_edilso-_britagem_sao_roque_a_sao_marco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_67_-_edilso-_britagem_sao_roque_a_sao_marco.pdf</t>
   </si>
   <si>
     <t>“Melhorias com britagem na estrada geral que liga o Distrito de São Roque passando pela Linha Bergozza até a comunidade de São Marcos”.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_68_-_jose_-_britagem_farroupilha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_68_-_jose_-_britagem_farroupilha.pdf</t>
   </si>
   <si>
     <t>“Serviços de britagem na estrada que liga Presidente Juscelino às Linhas Filipini e Nova Farroupilha”.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Edson Ferrari, Edilso Paulo Ranzan, Marlice Villani Perazoli, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_69.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_69.pdf</t>
   </si>
   <si>
     <t>“Viabilização da doação de um aparelho de tomógrafo para utilização da UPA 24h de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_70_marlice_britagem.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_70_marlice_britagem.pdf</t>
   </si>
   <si>
     <t>“Britagem nas estradas que partem da sede do Distrito de Presidente Juscelino até as comunidades de Linha Alvorada e Linha Santo Antonio”.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Adilson Sperança, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf</t>
   </si>
   <si>
     <t>.“Melhorias urgentes nas redes de distribuição de energia elétrica no interior do município de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_72-_encaminhamentos_audiencia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_72-_encaminhamentos_audiencia.pdf</t>
   </si>
   <si>
     <t>“Encaminhamentos da Audiência Pública sobre o Movimento Migratório em São Lourenço do Oeste.”</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_73_-_renna_-_ponto_de_onibus.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_73_-_renna_-_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>“Implantação de ponto de ônibus no Loteamento Daniel”.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_renna_74.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_renna_74.pdf</t>
   </si>
   <si>
     <t>Ampliação da pavimentação no Cemitério Jardim da Saudade.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_75_-_edson_-_pintura_ginasio_sao_francisco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_75_-_edson_-_pintura_ginasio_sao_francisco.pdf</t>
   </si>
   <si>
     <t>“Pintura da quadra, manutenção dos banheiros e da iluminação do Ginásio Municipal de Esportes Danilo Ranzan, no bairro São Francisco”.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_76-_mauro_-_revitalizacao_abrigo_de_passageiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_76-_mauro_-_revitalizacao_abrigo_de_passageiros.pdf</t>
   </si>
   <si>
     <t>“Revitalização e Ampliação dos Abrigos para Passageiros”.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_77_-_adilio_-_planagem_linha_alvorada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_77_-_adilio_-_planagem_linha_alvorada.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_marlice_78.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_marlice_78.pdf</t>
   </si>
   <si>
     <t>Ampliação dos redutores de velocidade (lombada) próximos ao CTG Amizade sem Fronteira.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_79_-_renna_-_sinalizacao_sc_480.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_79_-_renna_-_sinalizacao_sc_480.pdf</t>
   </si>
   <si>
     <t>“Implantação e alteração ou autorização para sinalização viária da SC 480”.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>“Melhoria no Mirante Panorâmico da cidade no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_81_-_adilio_-_melhoria_estrada_santa_terezinha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_81_-_adilio_-_melhoria_estrada_santa_terezinha.pdf</t>
   </si>
   <si>
     <t>“Melhorias na estrada da Linha Santa Terezinha, divisa com Jupiá – SC, no Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_82_-_renna_-_bolsa_esporte.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_82_-_renna_-_bolsa_esporte.pdf</t>
   </si>
   <si>
     <t>“Minuta de legislação para implantar o Programa Bolsa Esporte e autorizar o Comitê Desportivo Municipal a conceder premiações”.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_83-_mauro_-_desobstrucao_sistema_agua_pluvial.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_83-_mauro_-_desobstrucao_sistema_agua_pluvial.pdf</t>
   </si>
   <si>
     <t>“Desobstrução e melhorias no sistema de coleta de água pluvial”.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>“Instalação de redutores de velocidade no Loteamento Cardoso, bairro São Francisco”.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_85_-_silvian_-_alteracao_lei_bonus_fiscal_cheque_do_leite.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_85_-_silvian_-_alteracao_lei_bonus_fiscal_cheque_do_leite.pdf</t>
   </si>
   <si>
     <t>“Revisão e alteração de parte da Lei nº 2.345 de 26 de setembro de 2017, a qual institui o Incentivo Econômico denominado “Bônus Fiscal” aos Produtores de Leite (Cheque do Leite).”</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na estrada de acesso à Linha Lageado Raul, até proximidades do Centro Esportivo Wbauer”.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_87-_edson_-_melhorias_rua_frei_angelo_valentin.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_87-_edson_-_melhorias_rua_frei_angelo_valentin.pdf</t>
   </si>
   <si>
     <t>“Melhorias na rua Frei Ângelo Valentin no bairro São Francisco”.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_88_-_jose_-_redutor_de_velocidade_rua_lucia_hack.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_88_-_jose_-_redutor_de_velocidade_rua_lucia_hack.pdf</t>
   </si>
   <si>
     <t>“Implantação de um redutor de velocidade (lombada) na rua Lucia Hack”.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Alini Cristina Cadorim Bonetti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_89-_alini_-_apoio_ao_movimento_educacional.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_89-_alini_-_apoio_ao_movimento_educacional.pdf</t>
   </si>
   <si>
     <t>“Apoio ao Movimento Educação e Qualificação”.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_comissao_90.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_comissao_90.pdf</t>
   </si>
   <si>
     <t>Alteração da Lei 2.222, de 19 de Junho de 2015, que institui o Programa de Reforma de Moradias.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_91-_alini_-_lixeiras_na_cidade_e_interior.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_91-_alini_-_lixeiras_na_cidade_e_interior.pdf</t>
   </si>
   <si>
     <t>“Instalação de lixeiras nas vias públicas, praças, bairros e distritos”.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>“Cobertura para quadra no CEIM Cora Coralina”.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_93-_alini_-_melhorias_escola_sao_lourenco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_93-_alini_-_melhorias_escola_sao_lourenco.pdf</t>
   </si>
   <si>
     <t>“Adequações e Melhorias na Escola Básica Municipal São Lourenço”.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_94_-_silvian_-_pavimentacao_asfaltica_tres_voltas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_94_-_silvian_-_pavimentacao_asfaltica_tres_voltas.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na comunidade da Linha Três Voltas, do trecho que liga a SC 305 até a igreja da comunidade, bem como a instalação e substituição das lâmpadas convencionais por lâmpadas de Led.”</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_95-_alini_-_drenagem_e_britagem_linha_gramadinho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_95-_alini_-_drenagem_e_britagem_linha_gramadinho.pdf</t>
   </si>
   <si>
     <t>“Drenagem e Britagem no acesso à Linha Gramadinho”.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_96_-_adilio_-_pintura_de_faixa_de_pedestres_acesso_sul.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_96_-_adilio_-_pintura_de_faixa_de_pedestres_acesso_sul.pdf</t>
   </si>
   <si>
     <t>“Pinturas das faixas de pedestres existentes entre o Corpo de Bombeiros e a Unidade Básica de Saúde do bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-_alini_-_oficinas_descentralizadas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-_alini_-_oficinas_descentralizadas.pdf</t>
   </si>
   <si>
     <t>“Oficinas descentralizadas”.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_98-_alini_-_implantacao_de_material_didatico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_98-_alini_-_implantacao_de_material_didatico.pdf</t>
   </si>
   <si>
     <t>“Implantação de material didático Aprende Brasil para alunos do Ensino Fundamental II”.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_99_-_gilmar_-_iluminacao_santana_da_bela_vista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_99_-_gilmar_-_iluminacao_santana_da_bela_vista.pdf</t>
   </si>
   <si>
     <t>“Melhorias na iluminação pública da comunidade de Santana da Bela Vista, no Distrito de São Roque”.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_100_-_silvian_-_realizacao_do_jaslo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_100_-_silvian_-_realizacao_do_jaslo.pdf</t>
   </si>
   <si>
     <t>“Realização dos Jogos Abertos de São Lourenço do Oeste (JASLO) e do Campeonato Municipal de Bocha Rafa ano 2021.”</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_101_-_edson_-_abrigo_de_passageiros_lot._livi.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_101_-_edson_-_abrigo_de_passageiros_lot._livi.pdf</t>
   </si>
   <si>
     <t>“Construção de um abrigo para passageiros na rua Ângelo Biazussi no loteamento Livi”.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>“Revitalização dos brinquedos do Parque Infantil da Escola Básica Municipal Nossa Senhora de Lourdes”</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_103-_mauro_-_pavimentacao_asfaltiva_servidao_acacias.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_103-_mauro_-_pavimentacao_asfaltiva_servidao_acacias.pdf</t>
   </si>
   <si>
     <t>“Pavimentação na Servidão das Acácias no Bairro Progresso”.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_104-_mauro_-_limpeza_caixas_daguas_escolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_104-_mauro_-_limpeza_caixas_daguas_escolas.pdf</t>
   </si>
   <si>
     <t>“Limpeza anual das caixas d’água das escolas, creches e espaços públicos do Município”.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_105-_mauro_-_dedetizacao_em_bueiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_105-_mauro_-_dedetizacao_em_bueiros.pdf</t>
   </si>
   <si>
     <t>“Fazer dedetização nas tubulações, bocas de lobo e canais subterrâneos de escoamento de água, no perímetro urbano de nossa cidade”.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_106_-_adilio_-_bebedouros_nas_pracas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_106_-_adilio_-_bebedouros_nas_pracas.pdf</t>
   </si>
   <si>
     <t>“Instalação de bebedouros de água nas praças centrais do município”.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_107-_mauro_-_reducao_cobranca_ilumin._publica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_107-_mauro_-_reducao_cobranca_ilumin._publica.pdf</t>
   </si>
   <si>
     <t>“Redução na taxa de cobrança da iluminação pública”.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_108_-_renna_-_tapa_burracos_sc_305.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_108_-_renna_-_tapa_burracos_sc_305.pdf</t>
   </si>
   <si>
     <t>“Operação Tapa Buraco e Implantação de Ciclofaixa na SC 305, trecho entre São Lourenço do Oeste a - SC / Campo Erê”.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_109_-_adilio_-_moradores_da_linha_sao_miguel.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_109_-_adilio_-_moradores_da_linha_sao_miguel.doc</t>
   </si>
   <si>
     <t>“Estudo para que os moradores da Linha São Miguel mais próximos ao bairro São Francisco, passem a serem atendidos pelo Posto de Saúde do bairro São Francisco”.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_110_-_adilio_-_aumento_de_insalubridade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_110_-_adilio_-_aumento_de_insalubridade.pdf</t>
   </si>
   <si>
     <t>“Aumento do percentual do Adicional de Insalubridade para os funcionários da Secretaria Municipal de Saúde de 20%, para 40%”.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_111_-_edson_-_regulamentacao_de_edificacoes_irregulares.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_111_-_edson_-_regulamentacao_de_edificacoes_irregulares.pdf</t>
   </si>
   <si>
     <t>“Regulamentação das edificações irregulares do município”.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_112-_mauro_-_sistema_de_agua_pluvial.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_112-_mauro_-_sistema_de_agua_pluvial.pdf</t>
   </si>
   <si>
     <t>“Implantação de sistema de coleta de água pluvial, na Rua Dom Pedro II, trecho compreendido entre as Ruas Rio de Janeiro e Aldo Lemos”.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_113_-_adilson_-_faixa_elevada_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_113_-_adilson_-_faixa_elevada_sao_roque.pdf</t>
   </si>
   <si>
     <t>“Faixa elevada para travessia de pedestres e abrigo para passageiros na rodovia SC 157 Km 22, no trevo de acesso ao Distrito de São Roque, município de São Lourenço do Oeste/SC”.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_114_-_renna_-_aplicativo_servicos_publicos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_114_-_renna_-_aplicativo_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>“Implantação de Aplicativo para Gestão dos Serviços Públicos Municipais”.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_115_-_silvian_-_centro_multiplo_idosos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_115_-_silvian_-_centro_multiplo_idosos.pdf</t>
   </si>
   <si>
     <t>“Construção de um centro de múltiplo uso para a terceira idade.”</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_116_-_marlice_-_coleta_de_entulho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_116_-_marlice_-_coleta_de_entulho.pdf</t>
   </si>
   <si>
     <t>“Instituição de plano de coleta, transporte e destinação final de entulhos”.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_marlice_117.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_marlice_117.pdf</t>
   </si>
   <si>
     <t>Elaboração de projeto/programa com vistas a instituir a obrigatoriedade de nas edificações acima de 200m², multifamiliar ou comercial, de terem sistema de coleta e reserva de água pluvial..</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_118_-_adilio_-_rt_rodeios.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_118_-_adilio_-_rt_rodeios.pdf</t>
   </si>
   <si>
     <t>“Cedência de um Médico Veterinário para servir de Responsável Técnico - RT nos rodeios realizados no município”.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_119_-_silvian_-_cameras_de_seguranca_nos_distritos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_119_-_silvian_-_cameras_de_seguranca_nos_distritos.pdf</t>
   </si>
   <si>
     <t>“Implantação de câmeras de segurança nos três Distritos do Município”.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_adilio_120.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_adilio_120.pdf</t>
   </si>
   <si>
     <t>Cedência de um Médico Veterinário para servir de Responsável Técnico - RT nos rodeios realizados no município.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>“Construção de abrigo de passageiros no Loteamento Daniel”.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_122_-_gilmar_-_reforma_campo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_122_-_gilmar_-_reforma_campo.pdf</t>
   </si>
   <si>
     <t>“Melhorias na estrutura da Sede do Esporte Clube Canarinho da Santana da Bela Vista”.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_123_-_gilmar_-_transporte_escolar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_123_-_gilmar_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>“Melhorias na frota do transporte escolar municipal”.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_124_-_adilson_-_melhorias_campo_independente_perp._socorro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_124_-_adilson_-_melhorias_campo_independente_perp._socorro.pdf</t>
   </si>
   <si>
     <t>“Melhorias no campo de futebol do Esporte Clube Independente do bairro Perpétuo Socorro”</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_125_-_adilson_-_melhorias_campo_linha_planalto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_125_-_adilson_-_melhorias_campo_linha_planalto.pdf</t>
   </si>
   <si>
     <t>“Melhorias no campo de futebol e no cemitério da Comunidade de Planalto, no Distrito de São Roque”</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>“Construção de um abrigo para passageiros em frente a Unochapecó, no bairro São Francisco”.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_127_-_gilmar_-_reforma_escola_santana.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_127_-_gilmar_-_reforma_escola_santana.pdf</t>
   </si>
   <si>
     <t>“Reforma da Escola da comunidade de Santana da Bela Vista”.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Edilso Paulo Ranzan, Adilson Sperança, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_71_mesa_celesc.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_71_mesa_celesc.pdf</t>
   </si>
   <si>
     <t>“Melhorias urgentes nas redes de distribuição de energia elétrica no interior do município de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/579/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_programa_cheque_leite4.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/579/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_programa_cheque_leite4.pdf</t>
   </si>
   <si>
     <t>"Requer quantos agricultores atualmente existem cadastrados no munícipio aptos a receberem o Apoio ao Desenvolvimento da Agricultura.Apresentar os dados estatísticos de atendimento, período compreendido de 2017 à 2021".</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/750/mocao_01_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/750/mocao_01_marlice.pdf</t>
   </si>
   <si>
     <t>Moção de APELO as autoridades estaduais, no sentido de incluir os profissionais da educação na 2ª etapa de vacinação do grupo prioritário para recebimento da vacina do covid-19.”</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>Edson Ferrari, Marlice Villani Perazoli, MDB, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/634/mocao_pesar_sidney.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/634/mocao_pesar_sidney.pdf</t>
   </si>
   <si>
     <t>Moção de PESAR:“A Câmara de Vereadores do município de São Lourenço do Oeste - SC, consternada e solidária, expressa manifestação de PESAR aos familiares do Senhor Sidney José Matiotti, pelo seu falecimento ocorrido no último dia 30 de janeiro.”</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/752/mocao_apelo_03_edilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/752/mocao_apelo_03_edilson.pdf</t>
   </si>
   <si>
     <t>Moção de APELO as autoridades federais, no sentido de incluir com maior prioridade os cidadãos com mais de 65 anos no Plano Nacional de Imunização contra a Covid-19, em razão de ser o grupo mais afetado e que mais tem gerado mortes em decorrência desta pandemia.”</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/753/mocao_04_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/753/mocao_04_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor aos profissionais de Saúde, especialmente aqueles que estão na linha de frente ao combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>Moção de Apoio aos produtores de leite</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>Edilso Paulo Ranzan, Mesa Diretora - MESA, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/755/mocao_06_mesa_diretora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/755/mocao_06_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo as autoridades Nacional e Estadual, para que viabilizem uma UTI Móvel Completa para atender o município de São Lourenço do Oeste e região.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/756/mocao_07_jose.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/756/mocao_07_jose.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação pela passagem dos 90 anos de fundação da Igreja Assembleia de Deus no Estado de Santa Catariana.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_08_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_08_edson.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações aos profissionais da saúde: Enfermeiro Edevaldo Farias Prestes e motorista Volnei Kosmann.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_09_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_09_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Leo Clube de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_10_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_10_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação para a ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste, em razão dos 38 anos de atividade no município, comemoradas no dia 06 de junho de 2021.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/761/mocao_11_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/761/mocao_11_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Grupo Jovem Vida, pela comemoração dos 37 anos de forte atuação no município, comemorados no dia 12 de junho de 2021.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>Adilson Sperança, Edilso Paulo Ranzan, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/639/mocao_apoio_projeto_enfermeiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/639/mocao_apoio_projeto_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Lei nº 2.564/2020, em tramitação no Senado Federal, que altera a Lei nº 7.498, de 25 de junho de 1986, para instituir o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem e do Auxiliar de Enfermagem, de autoria do Senador Fabiano Contarato (REDE/ES).</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/763/mocao_13_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/763/mocao_13_edson.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio aos Policiais Civis (Delegados, Agentes, Escrivães e Psicólogos) e Instituto Geral de Perícia IGP em relação a preocupação da classe ao Projeto de Emenda Constitucional e Legislativa que versa sobre o regime previdenciário dos servidores públicos do estado de Santa Catarina.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>Moção de Protesto e Repúdio</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>MDB, Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/764/mocao_15_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/764/mocao_15_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de PESAR aos familiares do Senhor Edilso Paulo Ranzan, vereador e presidente desta Casa de Leis, pelo seu falecimento ocorrido no último dia 06 de julho.”</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/765/mocao_16_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/765/mocao_16_renna.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Governador do Estado de Santa Catarina, Excelentíssimo Senhor Carlos Moisés da Silva; ao Presidente da Assembleia Legislativa do Estado de Santa Catarina, Excelentíssimo Senhor Deputado Estadual Mauro de Nadal, e ao Deputado Estadual lourenciano, Excelentíssimo Senhor Valdir Cobalchini.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/633/mocao_ong_entre_amigos_e_criancas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/633/mocao_ong_entre_amigos_e_criancas.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação para a ONG Entre Amigos e Crianças de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/630/mocao_de_apelo_-_corrida_de_caes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/630/mocao_de_apelo_-_corrida_de_caes.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao retorno do Horário de Verão a ser encaminhado ao Presidente da República Federativa do Brasil.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/766/mocao_19_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/766/mocao_19_marlice.pdf</t>
   </si>
   <si>
     <t>Moção de CONGRATULAÇÃO a Rede Feminina de Combate ao Câncer – RFCC.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/635/mocao_renna_empreendedores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/635/mocao_renna_empreendedores.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação para os Empreendedores Destaques do ano de 2020, premiação concedida anualmente pela ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>Adílio Carubin, Adilson Sperança, Edson Ferrari, Gilmar de Camargo, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/637/mocao_apoio_ifsc_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/637/mocao_apoio_ifsc_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO a ser encaminhada aos Senhores Maurício Gariba Júnior, Reitor  do Instituto Federal de Santa Catarina - IFSC, e Daniel Fernando Carossi, Diretor-Geral do Campus Avançado IFSC São Lourenço do Oeste,  manifestando apoio para a ampliação do Câmpus Avançado São Lourenço do Oeste,</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/638/mocao_apoio_professores_estado_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/638/mocao_apoio_professores_estado_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO, direcionada aos Deputados Estaduais de SC, para que seja analisado e reformulado o PL 0395.0/2021, que fixa os valores de vencimento para os cargos integrantes do quadro de pessoal do Magistério Público Estadual.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>Moção de Apelo a ser encaminhada ao Presidente da Câmara dos Deputados, Deputado Arthur Lira e à Deputada e integrante da Comissão Especial, Carmen Zanotto.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -2607,68 +2607,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_lei_compl_004_-_mesa_-_revisao_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/695/projlei030_-_silvian_-_projeto_ruas_loteamento_premier.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/696/projlei033-renna_-_heiliger_joseph_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_lei_049_-_mauro_-_concessionarias_e_permissionarias_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/690/projeto_lei_050_-_edson_e_adilson_-_altera_lei_1911.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_lei_051_-_edson_-_cidade_jardim_slo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/692/projeto_lei_056_-_silvian_-_doencas_de_alzheimer_e_parkinson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/698/projlei064_-_silvian_-_de_bem_com_a_natureza.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_lei_065_-_renna_-_instituicao_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/687/projeto_lei_013_-_mesa_-_revisa_subsidios.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_lei_048_-_renna_-_contribuicoes_-_escritorio_virtual.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/682/pr_01-_comissao_assuntos_relevantes_chacaras.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_resolucao_02_-_despesas_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_resolucao_03_-_despesas_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_resolucao_05_-_inclui_causa_animal.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/679/pdl_-_02_cidadao_honorario_dionisio_biazussi.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/680/pdl_-_03_cidadao_honorario_cairu_hack.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_adilio_-_informacoes_diversas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_002.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_03_mdb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_silvian_-_informacoes_diversas_-_copia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_adilio_-_imagens_sala_da_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_06_adilio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_07_silvian.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_silvian_-_editais.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/720/requeirmento_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_mesa_diretora_10.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_adilio_-_informacoes_cheque_do_leite.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_12_marlice.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_adilio_-_informacoes_sine.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_edson_e_mauro_-_informacoes_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_adilio_-_informacoes_maquinas_agricolas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_adilio_-_informacoes_dentista_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/575/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_apoio_ao_desenvolvimento_da_agricultura_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/580/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_locados_pelo_municipio_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/581/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_pertencentes_ao_municipio_3.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_20_mauro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_adilio_-_rua_isaura_moretto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_adilio_-_contratos_de_terrenos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_adilio_-_informacoes_terreno_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_01-_renna_-_revitalizacao_morro_do_piolho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_02_-_renna_-_praca_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_03_-_renna_-_area_de_lazer_esportiva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_04_-_silvian_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_05_-_gilmar_-_coleta_de_lixo_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_adilio_-_horas_trabalhadas_angela_beux.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_07_-_silvian_-_melhorias_em_estrada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_08_-_silvian_-_criacao_de_uma_reparticao_publica.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_06_-_marlice-_aquisicao_de_maquinas_presidente_juscelino.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_10_-_adilson_-_pavimentacao_trecho_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_11_-_edilso-_aparelhos_de_oxigenio.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_12_-_edson-_retirada_canterio_central.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_13_-_edson-_pavimentacao_asfaltica_rua_leoberto_leal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_14-_renna_-_revitalizacao_cdm.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_15_-_silvian_-_iluminacao_publica_lot._baldin.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_16_-_adilson_-_melhorias_no_calcamento_lauro_muler.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_17_-_edson-_retirada_de_arvores_ao_lado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_18_-_marlice_-_implantacao_de_area_de_lazer_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_19_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_20_-_adilio_-_alargamento_de_pontes_no_interior.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_21_-_renna_-_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_22_-_edson_-_redutor_de_velocidade_sao_francisco_e_meneguetti.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_23_-_gilmar_-_conclusao_asfalto_sede_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_24_-_marlice_-_ampliacao_redutor_de_velocidade_ctg.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_25_-_edson_-_melhoria_asfalto_rua_zeno_germano_etges.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_26_-_adilson_-_melhoria_calcamento_lauro_muller.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_27_-_jose_-_pavimentacao_asfaltica_presidnete_juscelino.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_28_-_jose_-_conserto_de_buraco_frei_angelo_valentin.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_29_-_renna_-_acoes_de_combate_a_pandemia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_30_-_edson_-_iluminacao_trevo_de_acesso_a_cidade.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_31_-_adilson_-_continuacao_da_britagem_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_32_-_silvian_-_troca_de_placa_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_33_-_silvian_-_iluminacao_publica_frente_praca_da_bandeira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_034_-_renna_-_setor_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_35_-_jose_-_transporte_coletivo_familias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_36_-_edson_-_melhorias_estrada_linha_costa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_37_-_marlice_-_viabilidade_de_uma_viatura_pm.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_38_-_silvian_-_iluminacao_e_paver_lageado_antunes.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_39-_edson_-_melhorias_placas_de_sinalizacao_interior.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_40_-_renna_-_lei_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_marlice_41.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_42-_edson_-_redutor_de_velocidade_mario_pagliosa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_43-_edson_-_instalacao_de_rede_de_agua.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_44_-_adilio_-_melhorias_estrada_guapore_-_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_45_-_adilio_-_melhorias_estrada_linha_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_46_-_gilmar_-_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_47_-_adilio_-_reabertura_e_cascalhamento_lagwado_grande_e_raul.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_48_-_renna_-_chacaras.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_49_-_marlice_-_vigilancia_nas_escolas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_50-_edson_-_melhorias_rua_joalcides_angheben.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_51-_edson_-_pintura_de_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_52_-_silvian_-_melhorias_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_53_-_adilio_-_melhorias_na_iluminacao_publica_rua_jarbas_mendes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_55_-_silvian_-_reforma_e_ampliacao_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_58_-_adilson_-_tapa_buracos_diversas_ruas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_59_-_adilson_-_repasse_financeiro_sociedade_rural.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_60_-_renna_-_sinalizacao_acesso_araucaria_park_e_daniel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_62_-_jose_-_patrolamento_e_cascalhamento_sentinella.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_63-_edson_-_melhorias_praca_progresso.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_64_-_renna_-_auxilio_musicos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_65-_marlice_-_perfuracao_de_poco_linha_sentinela.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_66_-_adilio_-_melhoria_ponte_lageado_grande.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_67_-_edilso-_britagem_sao_roque_a_sao_marco.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_68_-_jose_-_britagem_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_70_marlice_britagem.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_72-_encaminhamentos_audiencia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_73_-_renna_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_renna_74.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_75_-_edson_-_pintura_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_76-_mauro_-_revitalizacao_abrigo_de_passageiros.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_77_-_adilio_-_planagem_linha_alvorada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_marlice_78.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_79_-_renna_-_sinalizacao_sc_480.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_81_-_adilio_-_melhoria_estrada_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_82_-_renna_-_bolsa_esporte.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_83-_mauro_-_desobstrucao_sistema_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_85_-_silvian_-_alteracao_lei_bonus_fiscal_cheque_do_leite.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_87-_edson_-_melhorias_rua_frei_angelo_valentin.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_88_-_jose_-_redutor_de_velocidade_rua_lucia_hack.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_89-_alini_-_apoio_ao_movimento_educacional.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_comissao_90.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_91-_alini_-_lixeiras_na_cidade_e_interior.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_93-_alini_-_melhorias_escola_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_94_-_silvian_-_pavimentacao_asfaltica_tres_voltas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_95-_alini_-_drenagem_e_britagem_linha_gramadinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_96_-_adilio_-_pintura_de_faixa_de_pedestres_acesso_sul.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-_alini_-_oficinas_descentralizadas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_98-_alini_-_implantacao_de_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_99_-_gilmar_-_iluminacao_santana_da_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_100_-_silvian_-_realizacao_do_jaslo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_101_-_edson_-_abrigo_de_passageiros_lot._livi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_103-_mauro_-_pavimentacao_asfaltiva_servidao_acacias.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_104-_mauro_-_limpeza_caixas_daguas_escolas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_105-_mauro_-_dedetizacao_em_bueiros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_106_-_adilio_-_bebedouros_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_107-_mauro_-_reducao_cobranca_ilumin._publica.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_108_-_renna_-_tapa_burracos_sc_305.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_109_-_adilio_-_moradores_da_linha_sao_miguel.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_110_-_adilio_-_aumento_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_111_-_edson_-_regulamentacao_de_edificacoes_irregulares.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_112-_mauro_-_sistema_de_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_113_-_adilson_-_faixa_elevada_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_114_-_renna_-_aplicativo_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_115_-_silvian_-_centro_multiplo_idosos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_116_-_marlice_-_coleta_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_marlice_117.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_118_-_adilio_-_rt_rodeios.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_119_-_silvian_-_cameras_de_seguranca_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_adilio_120.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_122_-_gilmar_-_reforma_campo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_123_-_gilmar_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_124_-_adilson_-_melhorias_campo_independente_perp._socorro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_125_-_adilson_-_melhorias_campo_linha_planalto.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_127_-_gilmar_-_reforma_escola_santana.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_71_mesa_celesc.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/579/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_programa_cheque_leite4.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/750/mocao_01_marlice.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/634/mocao_pesar_sidney.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/752/mocao_apelo_03_edilson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/753/mocao_04_mdb.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/755/mocao_06_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/756/mocao_07_jose.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_08_edson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_10_mdb.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/761/mocao_11_mdb.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/639/mocao_apoio_projeto_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/763/mocao_13_edson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/764/mocao_15_mdb.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/765/mocao_16_renna.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/633/mocao_ong_entre_amigos_e_criancas.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/630/mocao_de_apelo_-_corrida_de_caes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/766/mocao_19_marlice.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/635/mocao_renna_empreendedores.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/637/mocao_apoio_ifsc_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/638/mocao_apoio_professores_estado_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_lei_compl_004_-_mesa_-_revisao_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/695/projlei030_-_silvian_-_projeto_ruas_loteamento_premier.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/696/projlei033-renna_-_heiliger_joseph_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/689/projeto_lei_049_-_mauro_-_concessionarias_e_permissionarias_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/690/projeto_lei_050_-_edson_e_adilson_-_altera_lei_1911.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_lei_051_-_edson_-_cidade_jardim_slo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/692/projeto_lei_056_-_silvian_-_doencas_de_alzheimer_e_parkinson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/698/projlei064_-_silvian_-_de_bem_com_a_natureza.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_lei_065_-_renna_-_instituicao_de_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/687/projeto_lei_013_-_mesa_-_revisa_subsidios.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/688/projeto_lei_048_-_renna_-_contribuicoes_-_escritorio_virtual.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/682/pr_01-_comissao_assuntos_relevantes_chacaras.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/684/projeto_de_resolucao_02_-_despesas_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_de_resolucao_03_-_despesas_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/686/projeto_de_resolucao_05_-_inclui_causa_animal.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/679/pdl_-_02_cidadao_honorario_dionisio_biazussi.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/680/pdl_-_03_cidadao_honorario_cairu_hack.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_adilio_-_informacoes_diversas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_002.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_03_mdb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_silvian_-_informacoes_diversas_-_copia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_adilio_-_imagens_sala_da_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_06_adilio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_07_silvian.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_silvian_-_editais.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/720/requeirmento_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_mesa_diretora_10.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_adilio_-_informacoes_cheque_do_leite.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_12_marlice.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_adilio_-_informacoes_sine.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_edson_e_mauro_-_informacoes_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_adilio_-_informacoes_maquinas_agricolas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_adilio_-_informacoes_dentista_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/575/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_apoio_ao_desenvolvimento_da_agricultura_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/580/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_locados_pelo_municipio_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/581/2021-10-04_-_mauro_cesar_michelon_-_requerimento_imoveis_pertencentes_ao_municipio_3.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_20_mauro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_adilio_-_rua_isaura_moretto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_adilio_-_contratos_de_terrenos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_adilio_-_informacoes_terreno_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_01-_renna_-_revitalizacao_morro_do_piolho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_02_-_renna_-_praca_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_03_-_renna_-_area_de_lazer_esportiva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_04_-_silvian_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_05_-_gilmar_-_coleta_de_lixo_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_adilio_-_horas_trabalhadas_angela_beux.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_07_-_silvian_-_melhorias_em_estrada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_08_-_silvian_-_criacao_de_uma_reparticao_publica.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_06_-_marlice-_aquisicao_de_maquinas_presidente_juscelino.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_10_-_adilson_-_pavimentacao_trecho_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_11_-_edilso-_aparelhos_de_oxigenio.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_12_-_edson-_retirada_canterio_central.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_13_-_edson-_pavimentacao_asfaltica_rua_leoberto_leal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_14-_renna_-_revitalizacao_cdm.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_15_-_silvian_-_iluminacao_publica_lot._baldin.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_16_-_adilson_-_melhorias_no_calcamento_lauro_muler.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_17_-_edson-_retirada_de_arvores_ao_lado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_18_-_marlice_-_implantacao_de_area_de_lazer_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_19_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_20_-_adilio_-_alargamento_de_pontes_no_interior.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_21_-_renna_-_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_22_-_edson_-_redutor_de_velocidade_sao_francisco_e_meneguetti.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_23_-_gilmar_-_conclusao_asfalto_sede_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_24_-_marlice_-_ampliacao_redutor_de_velocidade_ctg.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_25_-_edson_-_melhoria_asfalto_rua_zeno_germano_etges.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_26_-_adilson_-_melhoria_calcamento_lauro_muller.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_27_-_jose_-_pavimentacao_asfaltica_presidnete_juscelino.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_28_-_jose_-_conserto_de_buraco_frei_angelo_valentin.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_29_-_renna_-_acoes_de_combate_a_pandemia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_30_-_edson_-_iluminacao_trevo_de_acesso_a_cidade.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_31_-_adilson_-_continuacao_da_britagem_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_32_-_silvian_-_troca_de_placa_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/343/indicacao_33_-_silvian_-_iluminacao_publica_frente_praca_da_bandeira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_034_-_renna_-_setor_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_35_-_jose_-_transporte_coletivo_familias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_36_-_edson_-_melhorias_estrada_linha_costa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_37_-_marlice_-_viabilidade_de_uma_viatura_pm.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_38_-_silvian_-_iluminacao_e_paver_lageado_antunes.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_39-_edson_-_melhorias_placas_de_sinalizacao_interior.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_40_-_renna_-_lei_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_marlice_41.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_42-_edson_-_redutor_de_velocidade_mario_pagliosa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_43-_edson_-_instalacao_de_rede_de_agua.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_44_-_adilio_-_melhorias_estrada_guapore_-_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_45_-_adilio_-_melhorias_estrada_linha_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_46_-_gilmar_-_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_47_-_adilio_-_reabertura_e_cascalhamento_lagwado_grande_e_raul.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_48_-_renna_-_chacaras.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_49_-_marlice_-_vigilancia_nas_escolas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_50-_edson_-_melhorias_rua_joalcides_angheben.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_51-_edson_-_pintura_de_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_52_-_silvian_-_melhorias_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_53_-_adilio_-_melhorias_na_iluminacao_publica_rua_jarbas_mendes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_55_-_silvian_-_reforma_e_ampliacao_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_58_-_adilson_-_tapa_buracos_diversas_ruas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_59_-_adilson_-_repasse_financeiro_sociedade_rural.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_60_-_renna_-_sinalizacao_acesso_araucaria_park_e_daniel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_62_-_jose_-_patrolamento_e_cascalhamento_sentinella.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_63-_edson_-_melhorias_praca_progresso.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_64_-_renna_-_auxilio_musicos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_65-_marlice_-_perfuracao_de_poco_linha_sentinela.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_66_-_adilio_-_melhoria_ponte_lageado_grande.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_67_-_edilso-_britagem_sao_roque_a_sao_marco.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_68_-_jose_-_britagem_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_70_marlice_britagem.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_61_-_mesa_diretora_-_pedido_cidadao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_72-_encaminhamentos_audiencia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_73_-_renna_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_renna_74.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_75_-_edson_-_pintura_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_76-_mauro_-_revitalizacao_abrigo_de_passageiros.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_77_-_adilio_-_planagem_linha_alvorada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_marlice_78.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_79_-_renna_-_sinalizacao_sc_480.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_81_-_adilio_-_melhoria_estrada_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_82_-_renna_-_bolsa_esporte.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_83-_mauro_-_desobstrucao_sistema_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_85_-_silvian_-_alteracao_lei_bonus_fiscal_cheque_do_leite.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_87-_edson_-_melhorias_rua_frei_angelo_valentin.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_88_-_jose_-_redutor_de_velocidade_rua_lucia_hack.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_89-_alini_-_apoio_ao_movimento_educacional.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_comissao_90.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_91-_alini_-_lixeiras_na_cidade_e_interior.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_93-_alini_-_melhorias_escola_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_94_-_silvian_-_pavimentacao_asfaltica_tres_voltas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_95-_alini_-_drenagem_e_britagem_linha_gramadinho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_96_-_adilio_-_pintura_de_faixa_de_pedestres_acesso_sul.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-_alini_-_oficinas_descentralizadas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_98-_alini_-_implantacao_de_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_99_-_gilmar_-_iluminacao_santana_da_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_100_-_silvian_-_realizacao_do_jaslo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_101_-_edson_-_abrigo_de_passageiros_lot._livi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_103-_mauro_-_pavimentacao_asfaltiva_servidao_acacias.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_104-_mauro_-_limpeza_caixas_daguas_escolas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_105-_mauro_-_dedetizacao_em_bueiros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_106_-_adilio_-_bebedouros_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_107-_mauro_-_reducao_cobranca_ilumin._publica.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_108_-_renna_-_tapa_burracos_sc_305.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_109_-_adilio_-_moradores_da_linha_sao_miguel.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_110_-_adilio_-_aumento_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_111_-_edson_-_regulamentacao_de_edificacoes_irregulares.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_112-_mauro_-_sistema_de_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_113_-_adilson_-_faixa_elevada_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_114_-_renna_-_aplicativo_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_115_-_silvian_-_centro_multiplo_idosos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_116_-_marlice_-_coleta_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_marlice_117.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_118_-_adilio_-_rt_rodeios.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_119_-_silvian_-_cameras_de_seguranca_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_adilio_120.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_122_-_gilmar_-_reforma_campo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_123_-_gilmar_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_124_-_adilson_-_melhorias_campo_independente_perp._socorro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_125_-_adilson_-_melhorias_campo_linha_planalto.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_127_-_gilmar_-_reforma_escola_santana.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_71_mesa_celesc.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/579/2021-10-04_-_mauro_cesar_michelon_-_requerimento_historico_programa_cheque_leite4.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/750/mocao_01_marlice.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/634/mocao_pesar_sidney.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/752/mocao_apelo_03_edilson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/753/mocao_04_mdb.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/755/mocao_06_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/756/mocao_07_jose.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/758/mocao_08_edson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/759/mocao_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/760/mocao_10_mdb.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/761/mocao_11_mdb.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/639/mocao_apoio_projeto_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/763/mocao_13_edson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/764/mocao_15_mdb.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/765/mocao_16_renna.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/633/mocao_ong_entre_amigos_e_criancas.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/630/mocao_de_apelo_-_corrida_de_caes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/766/mocao_19_marlice.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/635/mocao_renna_empreendedores.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/637/mocao_apoio_ifsc_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2021/638/mocao_apoio_professores_estado_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="151.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="183" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="182.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>