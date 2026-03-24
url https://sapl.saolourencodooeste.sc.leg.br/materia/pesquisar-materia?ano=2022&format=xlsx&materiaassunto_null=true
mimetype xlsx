--- v0 (2025-10-27)
+++ v1 (2026-03-24)
@@ -54,2512 +54,2512 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Adilson Sperança, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/726/projleic008_-_mesa_-_revisao_servidores_legislativo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/726/projleic008_-_mesa_-_revisao_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão e reajuste dos vencimentos dos servidores públicos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/729/retirado-projeto_de_lei_complementar_n.15_altera_a_lc_265.20__renna.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/729/retirado-projeto_de_lei_complementar_n.15_altera_a_lc_265.20__renna.doc</t>
   </si>
   <si>
     <t>Altera o artigo n˚ 119 da Lei Complementar n˚ 265/2020, que dispõe sobre o Código de Edificações do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Edson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/728/projleic033.22_-_altera_a_lc_130.11.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/728/projleic033.22_-_altera_a_lc_130.11.doc</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 130, de 18 de julho de 2011, que dispõe sobre a Reformulação da Estrutura Administrativa, Plano de Cargos, Carreira e Vencimentos da Câmara Municipal de Vereadores de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/704/projeto_de_lei_ruas03_renna_protocolo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/704/projeto_de_lei_ruas03_renna_protocolo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento e critérios para denominação de logradouros, monumentos e  edificações públicas no município de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Adilson Sperança</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/712/projlei014_-_mesa_-_revisa_subsidios.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/712/projlei014_-_mesa_-_revisa_subsidios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos subsídios dos agentes políticos dos Poderes Legislativo e Executivo Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Adílio Carubin, Adilson Sperança, Edson Ferrari, Jandir Antunes de Oliveira (Jotha Antunes), José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/703/projeto_de_lei_17_proibe_uso_do_fumace_-_renna_e_outros.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/703/projeto_de_lei_17_proibe_uso_do_fumace_-_renna_e_outros.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a  regulamentação do uso do fumacê no âmbito do município de São Lourenço do Oeste - SC e dá outras providências</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/711/projlei_23_-_denomina_faixa_de_dominio_-_renna_-_copia.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/711/projlei_23_-_denomina_faixa_de_dominio_-_renna_-_copia.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a  faixa não edificável nas margens da rodovia SC 480, no perímetro do município de São Lourenço do Oeste, SC.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Adílio Carubin, Adilson Sperança, Edson Ferrari, Jandir Antunes de Oliveira (Jotha Antunes), José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/714/projlei047_-_fumace_novo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/714/projlei047_-_fumace_novo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos serviços de pulverização no âmbito do município de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/718/projlei065_-_renna_-_pagamentos_via_pix.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/718/projlei065_-_renna_-_pagamentos_via_pix.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Lourenço do Oeste - SC o direito do contribuinte ter acesso a meios e formas de pagamento digital, tais como PIX e transferência bancária, para quitação de débitos de natureza tributária, taxas e contribuições.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Altair Borges</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/724/projlei069_-_altair_-_assistencia_social.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/724/projlei069_-_altair_-_assistencia_social.doc</t>
   </si>
   <si>
     <t>Altera o art. 28 da Lei nº 2.395, de 18 de abril de 2018, que dispõe sobre a concessão de benefícios eventuais a pessoas em situação de vulnerabilidade social, no âmbito da assistência social, e dá outras providências.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/702/pr_01-procuradoria_da_mulher.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/702/pr_01-procuradoria_da_mulher.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Especial da Mulher no âmbito da Câmara de Vereadores de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/705/projeto_de_resolucao_02-_audiencia_pub_causa_animal_ok.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/705/projeto_de_resolucao_02-_audiencia_pub_causa_animal_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o custeio de despesas decorrentes da Audiência Pública da Causa Animal, a ser realizada no dia 23 de junho de 2022.</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon, Rennã Higor Fedrigo, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Ética e de Decoro Parlamentar da Câmara Municipal de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/709/projeto_resolucao_04_-_comissao_especial_cod_edificacoes.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/709/projeto_resolucao_04_-_comissao_especial_cod_edificacoes.docx</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes para análise e estudos acerca das sugestões de alterações no Código de Edificações.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/710/projeto_resolucao_05_-_prorroga_assuntos_relevantes_codigo_de_edificacoes.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/710/projeto_resolucao_05_-_prorroga_assuntos_relevantes_codigo_de_edificacoes.doc</t>
   </si>
   <si>
     <t>Prorroga o prazo de funcionamento da Comissão de Assuntos Relevantes criada pela Resolução nº 210 de 21 de julho de 2022.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Edson Ferrari, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/706/projeto_de_resolucao_06_-_despesas_seminario_causa_animal.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/706/projeto_de_resolucao_06_-_despesas_seminario_causa_animal.docx</t>
   </si>
   <si>
     <t>Autoriza o custeio de despesas decorrentes da participação de palestrante no Seminário: Direito Animal, a ser realizada no dia 07 de dezembro de 2022.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/708/projeto_res__007-_altera_res_171.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/708/projeto_res__007-_altera_res_171.doc</t>
   </si>
   <si>
     <t>Altera a Resolução nº 171/2009, que dispõe sobre o Regimento Interno da Câmara Jovem do município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/713/projlei031_-_baixa_de_bens_da_camara_municipal.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/713/projlei031_-_baixa_de_bens_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza à baixa de bens inservíveis do Patrimônio da Câmara Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Edson Ferrari, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/721/projlei067_altera_lei_hospital_da_fundacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/721/projlei067_altera_lei_hospital_da_fundacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 473, de 11 de novembro de 1985.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>José Deon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/699/pdl_-_02_mencao_honrosa_olavio_erbes.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/699/pdl_-_02_mencao_honrosa_olavio_erbes.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Menção Honrosa ao Senhor Olávio Erbes</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/700/pdl_03_mencao_honrosa_orlando_e_silvestre.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/700/pdl_03_mencao_honrosa_orlando_e_silvestre.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Menção Honrosa aos Senhores Orlando Bessegatto e Silvestre Sganzerla.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>Jandir Antunes de Oliveira (Jotha Antunes), José Deon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/701/pdl_04.22_mencao_honrosa_hary.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/701/pdl_04.22_mencao_honrosa_hary.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Menção Honrosa aos Senhores Hary Pandini e Círio Hippler.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/707/projeto_dec_leg_005_-_altera_dec_641.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/707/projeto_dec_leg_005_-_altera_dec_641.doc</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo nº 641/2009, que Dispõe sobre a criação do Programa Parlamento Jovem no município de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/188/parecer_pl_58_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/188/parecer_pl_58_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE: LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS; OBRAS, SERVIÇOS PÚBLICOS E URBANO, EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL E AGRICULTURA E MEIO AMBIENTE._x000D_
 PARECER Nº 169/2023</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/609/requerimento_001.22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/609/requerimento_001.22.pdf</t>
   </si>
   <si>
     <t>O Vereador requer prorrogação de prazo para exarar parecer ao Projeto de Lei Complementar n˚ 070/2021, que dispõe sobre o regime de concessão da prestação de serviços públicos funerários, institui a Central de Óbitos do Município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/610/requerimento_02.22_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/610/requerimento_02.22_renna.pdf</t>
   </si>
   <si>
     <t>é possível que chácaras de recreio sejam constituídas dentro do zoneamento urbano definido, com área mínima de 5 mil metros quadrados_x000D_
 Dessa forma, diante do que foi exposto o questionamento que se faz é se esta Secretaria tem conhecimento dessas irregularidades e se positivo, se está tomando as providências cabíveis. Em caso negativo, requer-se que sejam feitas diligências nesse sentido – fiscalização in loco  para que a situacão não fique irreversível e venha a causar prejuízos por conta de ocupações irregulares.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_03_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_03_mauro.pdf</t>
   </si>
   <si>
     <t>Informações sobre os cargos vagos de Profissionais da Educação e da previsão do chamamento e contratação.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Adílio Carubin</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/624/adilio_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/624/adilio_04.pdf</t>
   </si>
   <si>
     <t>Requer cópia do Processo Licitatório da Concessão da Rodoviária e cópia do Contrato da Empresa ganhadora da Licitação.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/732/requerimento_05_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/732/requerimento_05_mauro.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer ao Projeto de Lei nº 11/2022, que dispõe sobre desafetação de imóvel e afetação para edificação do Centro de Reabilitação Animal de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>Adilson Sperança, Edson Ferrari, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_06_urgencia_especial.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_06_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Tramitação de Urgência Especial ao Projeto de Lei Complementar n. 010/2022, de autoria do Executivo Municipal, “dispõe sobre indenização especial por encerramento voluntário do vínculo jurídico com a administração municipal aos servidores públicos que identifica, altera a Lei Complementar n° 230 de 20 de dezembro de 2018, e dá outras providências.”</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/623/adilio_07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/623/adilio_07.pdf</t>
   </si>
   <si>
     <t>Requer  imagens das câmeras de vigilância da sala de recepção e atendimento da UPA, do dia 26 de março de 2022, das 18 às 20h</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/628/silvian_08.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/628/silvian_08.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Executivo Municipal de São Lourenço do Oeste, para que forneça à Câmara de Vereadores, dentro dos prazos legais, informações pertinentes a Secretaria de Assistência Social no mandato passado, do ano de 2017 a 2020.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/615/edson_09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/615/edson_09.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 05 de abril a 05 de maio de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/622/adilio_10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/622/adilio_10.pdf</t>
   </si>
   <si>
     <t>Reque imagens das câmeras de vigilância da sala de recepção e atendimento da UPA, do dia 26 de março de 2022, das 18 às 22h.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/735/requerimento_renna_11.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/735/requerimento_renna_11.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer acerca do Projeto de Lei n˚ 021/2022, que dispõe sobre a faixa de domínio do Contorno Leste e dá outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/620/adilio_12.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/620/adilio_12.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Executivo Municipal de São Lourenço do Oeste, para que forneça à Câmara de Vereadores, dentro dos prazos legais, cópia do contrato de aluguel do imóvel onde funciona o CAPS do município.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/626/adilio_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/626/adilio_13.pdf</t>
   </si>
   <si>
     <t>Requer a discriminação dos valores da receita arrecadada em virtude dos impostos recolhidos no Distrito de São Roque, bem como a relação da despesa efetuada pelo Município para a manutenção desse mesmo Distrito, referente ao ano de 2021 até o presente momento.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/621/adilio_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/621/adilio_14.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Executivo Municipal de São Lourenço do Oeste, para que forneça à Câmara de Vereadores, dentro dos prazos legais, imagens das câmeras de vigilância da porta que dá acesso a sala do Secretário de Agricultura, do dia 28 de abril de 2022.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_mauro_-_inf._ruas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_mauro_-_inf._ruas.pdf</t>
   </si>
   <si>
     <t>Requer regularização e melhorias na Rua Aderbal Ramos da Silva, trecho entre as Ruas Aquilino Trento e Rua Desidério Costa.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Adilson Sperança, Mesa Diretora - MESA, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/736/requerimento_16_urgencia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/736/requerimento_16_urgencia.pdf</t>
   </si>
   <si>
     <t>Urgência Especial ao Projeto de Lei n. 030/2022, de autoria do Executivo Municipal, que “altera a Lei n. 2.105, de 13 de agosto de 2013, e dá outras providências.”</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>MDB, Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_de_urgencia_mdb_17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_de_urgencia_mdb_17.pdf</t>
   </si>
   <si>
     <t>Urgência Especial ao Projeto de Lei nº 035/2022, de autoria do Executivo Municipal, que “Dispõe sobre a ratificação do Contrato de Consórcio Público do CIMAM - Consórcio Intermunicipal Multifinalitário da AMNOROESTE”.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/738/requerimento_18_jose.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/738/requerimento_18_jose.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 15 de junho a 17 de julho de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_19_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_19_mdb.pdf</t>
   </si>
   <si>
     <t>Requerer pedido de informações à Companhia Catarinense de Águas e Saneamento – CASAN, acerca da perfuração de novo poço tubular profundo do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>CLJ - Comissão de Legislação, Justiça e Redação, Rennã Higor Fedrigo, Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_20_legislacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_20_legislacao.pdf</t>
   </si>
   <si>
     <t>Requerer a retirada da Emenda Aditiva nº 01/2022, referente ao Projeto de Emenda à Lei Orgânica nº 01/2022.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/619/adilio_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/619/adilio_21.pdf</t>
   </si>
   <si>
     <t>Requer  informações do Executivo para que esclareça que funcionários terceirizados da empresa Orbenk, que presta serviços a diversas Secretarias do Município, e em especial a de Agricultura, estão operando máquinas e dirigindo caminhões, fora das funções para que foram contratados, e sem a habilitação exigida.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Adilson Sperança, Mesa Diretora - MESA, Jandir Antunes de Oliveira (Jotha Antunes), Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/741/requerimento_22_mesa_diretora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/741/requerimento_22_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Urgência Especial ao Projeto de Lei Complementar nº 18/2022, de autoria do Executivo Municipal, altera a Lei Complementar n° 56, de 14 de outubro de 2005, que dispõe sobre o plano de cargos e vencimentos, cria, modifica atribuições e extingue cargos e vagas no quadro único de pessoal do poder executivo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/604/2022-08-08_-_mauro_cesar_michelon_-_requerimento_ampliacao_plano_diretor.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/604/2022-08-08_-_mauro_cesar_michelon_-_requerimento_ampliacao_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Requer,considerando a efetiva implantação do contorno viário leste, bem como a revisão decenal do Plano Diretor a ser feita neste ano, solicito informações se já existem estudos para apresentação ao CONCISLO.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_-_licenca_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_-_licenca_marlice.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 16 de agosto a 15 de setembro de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/608/requerimento_-_licenca_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/608/requerimento_-_licenca_renna.pdf</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_26_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_26_mauro.pdf</t>
   </si>
   <si>
     <t>Pedido de informações.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_27_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_27_mauro.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer acerca do Projeto de Lei Complementar n˚ 22/2022, que dispõe sobre a reformulação do Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_28_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_28_adilio.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 01 a 30 de setembro 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/625/adilio_29.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/625/adilio_29.pdf</t>
   </si>
   <si>
     <t>Requer informações pertinentes a Secretaria de Saúde, especificamente sobre o paradeiro da UTI Móvel do Município.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Ledeni Pieta</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/616/ledeni_30.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/616/ledeni_30.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 01 de outubro a 06 de dezembro de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>Jandir Antunes de Oliveira (Jotha Antunes)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/617/jotha_31.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/617/jotha_31.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 18 de outubro a 16 de novembro de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/611/requerimento_ccj_-_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/611/requerimento_ccj_-_renna.pdf</t>
   </si>
   <si>
     <t>requerer informações adicionais da Secretaria de Administração e Fazenda acerca dos zoneamentos que tratam o Projeto de Lei Complementar n˚ 028/2022, para que a Comissão possa emitir parecer com mais embasamento e esclarecimento.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/618/adilio_33.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/618/adilio_33.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 25 de outubro a 25 de novembro de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/614/mauro_34.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/614/mauro_34.pdf</t>
   </si>
   <si>
     <t>Requeremos informações se o Município após efetivada a doação já possui outro local destinado para abrigar as instalações do SCFV.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_35_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_35_renna.pdf</t>
   </si>
   <si>
     <t>Retirada do Projeto de Lei Complementar n˚ 15/2022 de minha autoria, que trata sobre alterações no Código de Edificações.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/605/2022-10-31_-_mauro_cesar_michelon_-_requerimento_pagamento_via_pix_e_transferencias_bancarias.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/605/2022-10-31_-_mauro_cesar_michelon_-_requerimento_pagamento_via_pix_e_transferencias_bancarias.pdf</t>
   </si>
   <si>
     <t>Institui no município de São Lourenço do Oeste - SC, o direito do contribuinte ter acesso a meios e formas de pagamento digital, tais como PIX e transferência bancária, para quitação de débitos de natureza tributária, taxas e contribuições”.Requer seja esclarecido se existe atualmente estrutura e interesse da Administração em implantar tais serviços,.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_37_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_37_mauro.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer ao Projeto de lei nº 65/2022, que “Institui no município de São Lourenço do Oeste – SC, o direito do contribuinte ter acesso a meios e formas de pagamento digital, tais como PIX e transferência bancária, para quitação de débitos de natureza tributária, taxas e contribuições. ”</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_-_licenca_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_-_licenca_mauro.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 08 de novembro a 07 de dezembro de 2022, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_mauro_-_informacoes_profissionais_da_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_mauro_-_informacoes_profissionais_da_educacao.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os cargos vagos de Profissionais da Educação e da previsão do chamamento e contratação:</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Eliane Regina Noal Battisti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/627/eliane_40.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/627/eliane_40.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado a CASAN - Companhia Catarinense de Águas e Saneamento, para que forneça à Câmara de Vereadores,  informações relativas aos investimentos em São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/731/requerimento_03_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/731/requerimento_03_mauro.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/439/renna_01.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/439/renna_01.pdf</t>
   </si>
   <si>
     <t>“Implantação e Manutenção de Iluminação Pública”.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/440/renna_02.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/440/renna_02.pdf</t>
   </si>
   <si>
     <t>“Implantação de Ponto de Ônibus nas proximidades do Acesso Sul com a Rua Monte Castelo”.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/441/silvian_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/441/silvian_03.pdf</t>
   </si>
   <si>
     <t>Criação e Implantação de ações voltados à Agricultura: _x000D_
 -  Programa de incentivo fiscal e financeiro aos agricultores e produtores rurais, para que façam o plantio e a preservação da mata ciliar do Rio Macaco e seus afluentes, bem como dos demais rios do nosso município; e_x000D_
 - Programa de Perfuração de Poços Artesianos e Programa de Construção de Cisternas, voltados aos Agricultores</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/443/marlice_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/443/marlice_04.pdf</t>
   </si>
   <si>
     <t>“Melhoria nas estradas das Linhas Casan, Bessegatto e Limoeiro.”</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/442/mauro_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/442/mauro_05.pdf</t>
   </si>
   <si>
     <t>“Taxa de Iluminação Pública – COSIP”</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/444/edson_06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/444/edson_06.pdf</t>
   </si>
   <si>
     <t>“Redutor de velocidade na Avenida Brasil, esquina com a Rua Via Parque próximo ao Centro de Eventos”.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mauro_07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mauro_07.pdf</t>
   </si>
   <si>
     <t>“Melhorias no escoamento do esgoto sanitário do Bairro São Francisco”.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/446/mauro_08.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/446/mauro_08.pdf</t>
   </si>
   <si>
     <t>“Implantação de Praça Pública com uma academia ao ar livre no bairro São Francisco”.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/447/adilio_09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/447/adilio_09.pdf</t>
   </si>
   <si>
     <t>“Instalação de redutores de velocidade na Rua Hermes Gabriel Ioris, Loteamento Meneguetti, bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/448/adilio_10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/448/adilio_10.pdf</t>
   </si>
   <si>
     <t>“Instalação de redutor de velocidade em estrada no Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/449/adilio_11.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/449/adilio_11.pdf</t>
   </si>
   <si>
     <t>“Construção de uma churrasqueira, mesa e bancos na Gruta da Curva Fria”.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>“Substituição das grades de proteção das bocas de lobo no Loteamento Cardoso, bairro São Francisco”.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/451/jotha_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/451/jotha_13.pdf</t>
   </si>
   <si>
     <t>“Implantação de faixa elevada ou lombada na rua Atílio Galeazzi, no bairro Cruzeiro”.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/452/jotha_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/452/jotha_14.pdf</t>
   </si>
   <si>
     <t>“Asfaltamento de partes da rua Pedro Álvares Cabral”.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/453/marlice_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/453/marlice_15.pdf</t>
   </si>
   <si>
     <t>“Instalação de reservatórios de água nos pontos mais altos da cidade.”</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/454/jose_16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/454/jose_16.pdf</t>
   </si>
   <si>
     <t>“Criação de um espaço para a locomoção de pedestres na rua Osvaldo Santin, no acesso a Unidade Básica de Saúde do Bairro São Francisco”.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/455/edson_17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/455/edson_17.pdf</t>
   </si>
   <si>
     <t>“Colocação de passeio público na quadra da rua Monte Castelo até a rua Isaura Moretto Feuser, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/456/silvian_18.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/456/silvian_18.pdf</t>
   </si>
   <si>
     <t>“Construção e implantação de cobertura na quadra esportiva (parque infantil) do CEIM Cora Coralina, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, MDB, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/570/bancada_mdb_19.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/570/bancada_mdb_19.pdf</t>
   </si>
   <si>
     <t>“Implantação de estação de recarga pública de carros elétricos nas mediações da Câmara Municipal”.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica em partes das ruas Nereu Ramos, Duque de Caxias e travessa Luiz Stangherlin”.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/458/renna_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/458/renna_21.pdf</t>
   </si>
   <si>
     <t>“Implantação de faixa elevada na rua Rio de Janeiro nas proximidades da Capela do Bairro Perpétuo Socorro”.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/459/adilio_22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/459/adilio_22.pdf</t>
   </si>
   <si>
     <t>“Doação do imóvel da Escola Isolada de Lageado Grande ao o Clube de Mães Unidas para Vencer”.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/460/adilio_23.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/460/adilio_23.pdf</t>
   </si>
   <si>
     <t>“Alargamento de ponte na comunidade de Lageado Raul, Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/461/adilio_24.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/461/adilio_24.pdf</t>
   </si>
   <si>
     <t>“Construção de cobertura no parquinho infantil do CEIM Mundo Colorido”.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/462/marlice_26.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/462/marlice_26.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na rua Saldanha da Gama, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/463/adilio_27.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/463/adilio_27.pdf</t>
   </si>
   <si>
     <t>“Construção de uma ponte nova na Linha São Miguel, Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>“Realização de Fumacê como forma de prevenção da Dengue”.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/465/silvian_29.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/465/silvian_29.pdf</t>
   </si>
   <si>
     <t>“Criação de uma Repartição Pública voltada para toda Infraestrutura Rural”.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/466/adilio_30.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/466/adilio_30.pdf</t>
   </si>
   <si>
     <t>“Construção de cobertura no parquinho infantil da Escola Básica Municipal São Francisco”.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>“Analise da probabilidade de reajustes de preços nos contratos do transporte escolar”.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/468/jotha_32.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/468/jotha_32.pdf</t>
   </si>
   <si>
     <t>"Pavimentação asfáltica em partes da rua João Beux Sobrinho, compreendendo até a rua Gilio Rezzieri ate a ligação com a rodoviária,próximo a industria Bordados Josi."</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/469/renna_33.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/469/renna_33.pdf</t>
   </si>
   <si>
     <t>“Revitalização da Comunidade Nossa Senhora Aparecida, no Bairro Santa Catarina: Pavimentação das ruas 100, 200 e 50.”.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/470/mauro_34.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/470/mauro_34.pdf</t>
   </si>
   <si>
     <t>“Melhorias nas ruas do Condomínio Efaislo”.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>“Reestruturação da lateral em parte da via marginal do Acesso Sul, na área Industrial”.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/472/jotha_36.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/472/jotha_36.pdf</t>
   </si>
   <si>
     <t>“Reforma de todo o piso da Escola de Educação Básica Municipal São Francisco”.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/473/renna_37.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/473/renna_37.pdf</t>
   </si>
   <si>
     <t>“Investimento em área adjacente a Área Verde do município localizada no Bairro Cruzeiro”.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/474/mauro_38.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/474/mauro_38.pdf</t>
   </si>
   <si>
     <t>“Retirada das árvores que estão secas/mortas na Praça da Bandeira e da Liberdade”.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/475/adilio_39.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/475/adilio_39.pdf</t>
   </si>
   <si>
     <t>“Colocação de um redutor de velocidade na estrada de acesso a comunidade de Lageado Grande, entre o final do asfalto e o campo de futebol”.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/571/bancada_do_mdb_40.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/571/bancada_do_mdb_40.pdf</t>
   </si>
   <si>
     <t>“Investimento em Centro de Manutenção das Tradições da Cultura Italiana”.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/476/edson_41.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/476/edson_41.pdf</t>
   </si>
   <si>
     <t>“Implantação de dispositivo denominado de bloqueador para boca de lobo inteligente no município”.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/574/indicacao_bancada_mdb_-_11.04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/574/indicacao_bancada_mdb_-_11.04.pdf</t>
   </si>
   <si>
     <t>“Aquisição de Micro-Ônibus para atender a demanda de transporte de alunos da Escola de Tempo Integral”.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/477/jotha_43.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/477/jotha_43.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfaltica em partes da rua Abel Rota, no bairro Cruzeiro”.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/478/mauro_44.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/478/mauro_44.pdf</t>
   </si>
   <si>
     <t>"Construção de um abrigo para passageiros na rua Tiradentes, bairro São Francisco.'</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/479/marlice_45.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/479/marlice_45.pdf</t>
   </si>
   <si>
     <t>“Colocação de placas de sinalização (cuidado escola/diminua a velocidade) na rodovia SC 480, próximo às Escolas Básicas Municipais São Francisco e São Lourenço, ambas no bairro São Francisco”.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/480/renna_46.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/480/renna_46.pdf</t>
   </si>
   <si>
     <t>“Doação de imóvel para o Clube de Mães Nossa Senhora da Salete, da comunidade de Bela Vista, no Distrito de Presidente Juscelino.”</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/481/renna_48.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/481/renna_48.pdf</t>
   </si>
   <si>
     <t>“Implantação de Ponto de Ônibus no Loteamento Poggere”.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/482/renna_49.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/482/renna_49.pdf</t>
   </si>
   <si>
     <t>“Intervenção em trechos da SC 157 para que não tenham acúmulo de água na pista em dias de chuva”.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/483/mauro_50.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/483/mauro_50.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na Rua Benedita Libardoni, trecho compreendendo o percurso entre as Rua Nereu Ramos e a interseção das Ruas Lucia Hack com Maximiliano Negri”, nas imediações da praça do Bairro Progresso”.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>“Plantio de flores nos canteiros centrais das avenidas de nossa cidade, bem como maior cuidado com a ornamentação das rotatórias do Município”.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/485/jotha_52.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/485/jotha_52.pdf</t>
   </si>
   <si>
     <t>“Asfaltamento em partes da rua Rio de Janeiro”.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/486/adilio_53.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/486/adilio_53.pdf</t>
   </si>
   <si>
     <t>“Construção de uma rotatória no cruzamento das ruas Guilherme Hack e Gílio Rezzieri, próximo a escolha Irmã Neusa”.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/487/adilio_54.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/487/adilio_54.pdf</t>
   </si>
   <si>
     <t>“Colocação de uma tulha para a coleta de lixo reciclável (vidro) na comunidade de Santana da Bela Vista”.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/488/edson_55.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/488/edson_55.pdf</t>
   </si>
   <si>
     <t>“Ações para melhor acomodação e segurança dos usuários da Rodoviária Municipal”.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/489/edson_56.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/489/edson_56.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na rua Ângelo Biazussi, Loteamento Livi”.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/490/marlice_57.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/490/marlice_57.pdf</t>
   </si>
   <si>
     <t>“Melhorias e britagem das ruas da sede e das comunidades de Presidente Juscelino e Três Voltas”.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>“Disponibilização de um guarda ou um funcionário para abrir a Policlínica Municipal de Saúde mais cedo”.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/492/mauro_59.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/492/mauro_59.pdf</t>
   </si>
   <si>
     <t>“Instalação de tachões, criando uma rotatória na rua Nereu Ramos, esquina com a rua Pedro Alvares Cabral, proximo a Casa da Madeira”.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/493/adilio_60.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/493/adilio_60.pdf</t>
   </si>
   <si>
     <t>“Recuperação da estrada da Linha Ouro, que liga Santana da Bela Vista a Linha Prata, no Distrito de São Roque”.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/572/bancada_do_mdb_42.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/572/bancada_do_mdb_42.pdf</t>
   </si>
   <si>
     <t>“Pavimentação com pedras irregulares (calçamento) no final da rua Nereu Ramos, próximo a antiga Secretaria Regional.”</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/494/jose_62.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/494/jose_62.pdf</t>
   </si>
   <si>
     <t>''Compra de uma Escavadeira Hidráulica''</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/495/adilio_63.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/495/adilio_63.pdf</t>
   </si>
   <si>
     <t>“Colocação de lâmpadas na rua Joaquim Borges no loteamento Borges, bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/496/adlio_64.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/496/adlio_64.pdf</t>
   </si>
   <si>
     <t>“Retirada de tachões na faixa de pedestres na rua Dom Pedro II no bairro São Francisco”.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/497/edson_65.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/497/edson_65.pdf</t>
   </si>
   <si>
     <t>“Construção de abrigo para os taxistas nos pontos de Táxi do município”.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/498/edson_66.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/498/edson_66.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na rua Domingos Cattanio Fabro, no loteamento Wolfart”.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/499/renna_67.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/499/renna_67.pdf</t>
   </si>
   <si>
     <t>“Revitalização do abrigo de passageiro da rua Aldo Lemos, esquina com Agostinho Stefanello, no bairro Perpétuo Socorro”.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/500/marlice_68.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/500/marlice_68.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na rua Euclides Dalla Vecchia, no bairro Progresso.”</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/501/marlice_69.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/501/marlice_69.pdf</t>
   </si>
   <si>
     <t>“Transferência de uma Policial Militar Feminina para o efetivo de São Lourenço do Oeste”</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/502/adilio_70.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/502/adilio_70.pdf</t>
   </si>
   <si>
     <t>“Destinação de auxílio financeiro para as pessoas, bem como associações que se dedicam a causa animal no município”.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/503/renna_71.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/503/renna_71.pdf</t>
   </si>
   <si>
     <t>“Viabilização de Projeto de Pavimentação Asfaltica na Avenida Ernesto Beuter, entre Avenida Brasil e Rua Agostinho Stefanello”.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/504/jose_72.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/504/jose_72.pdf</t>
   </si>
   <si>
     <t>''Aquisição de um rolo compactador''.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/505/edson_73.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/505/edson_73.pdf</t>
   </si>
   <si>
     <t>“Reajuste nos valores pagos a servidores do Poder Executivo a titulo de vale-alimentação, no âmbito do interior do Município e fora dele e alteração nos critérios de concessão de diárias”.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/506/marlice_74.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/506/marlice_74.pdf</t>
   </si>
   <si>
     <t>"Roçada e limpeza das sarjetas da BR 305"</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/507/adilio_75.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/507/adilio_75.pdf</t>
   </si>
   <si>
     <t>“Reforma de ponte na Linha São Miguel, no Distrito de Frederico Wastner”.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/508/adilio_76.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/508/adilio_76.pdf</t>
   </si>
   <si>
     <t>“Troca de lâmpadas na Servidão das Acácias, no bairro Perpétuo Socorro”.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/509/adilio_77.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/509/adilio_77.pdf</t>
   </si>
   <si>
     <t>“Instalação de abrigo para passageiros (ponto de ônibus) na rua Jarbas Mendes, próximo a Móveis Geron”.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/510/vilson_79.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/510/vilson_79.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica e sinalização com faixa de pedestre e placas nas ruas Lauro Muller nas proximidades da E.E.B. Municipal Cora Coralina e Isaura Moretto Feuser em frente a E.E.B. Municipal Santa Catarina”.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Vilson Peres</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/511/vilson_80.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/511/vilson_80.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica e sinalização com faixa de pedestres e placas nas proximidades da UNIDADE DE PRONTO ATENDIMENTO UPA”.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/512/vilson_81.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/512/vilson_81.pdf</t>
   </si>
   <si>
     <t>“Sinalização com pinturas na pavimentação asfáltica e placas de sinalização na Rua Aldo Lemos”.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/513/vilson_82.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/513/vilson_82.pdf</t>
   </si>
   <si>
     <t>“Alteração em parte da sinalizção demarcadas no Acesso Sul na Área industrial”.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/514/edson_83.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/514/edson_83.pdf</t>
   </si>
   <si>
     <t>“Cumprimento da Lei municipal nº 2.448/19, a qual autoriza o Poder Executivo a custear trasportes de passageiros da Linha Santa Inês até São Roque.”</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/515/silvian_84.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/515/silvian_84.pdf</t>
   </si>
   <si>
     <t>“Abertura de Concurso Público destinado a contratação de profissional para cargo de Engenheiro Sanitarista”.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/516/mauro_85.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/516/mauro_85.pdf</t>
   </si>
   <si>
     <t>“Melhoria das condições de tráfego na Travessa São Pedro”.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/517/mauro_86.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/517/mauro_86.pdf</t>
   </si>
   <si>
     <t>“Promoção da Gincana Cidade Jardim”.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/518/mauro_87.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/518/mauro_87.pdf</t>
   </si>
   <si>
     <t>“Pinturas Educativas nas Bocas de Lobos, Próximo às Escolas e Órgãos Públicos”.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/519/vilson_88.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/519/vilson_88.pdf</t>
   </si>
   <si>
     <t>“Construção de abrigo para passageiros de ônibus e para alunos que esperam o transporte escolar, na rua Monte Castelo esquina com Rui Barbosa, bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/520/vilson_89.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/520/vilson_89.pdf</t>
   </si>
   <si>
     <t>“Redutor de velocidade e/ou faixa de pedestre elevada na SC 157, trevo de acesso a São Lourenço do Oeste, proximo ao CTG”.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/521/renna_90.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/521/renna_90.pdf</t>
   </si>
   <si>
     <t>"Implantação de rede de proteção esportiva em campo de futebol da Praça da Liberdade."</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/522/jotha_91.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/522/jotha_91.pdf</t>
   </si>
   <si>
     <t>“Melhorias nas dependências do Cemitério Jardim da Saudade”.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/523/jotha_92.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/523/jotha_92.pdf</t>
   </si>
   <si>
     <t>“Instalação de ar-condicionado na Capela Mortuária do Cemitério Jardim da Saudade”.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/524/edson_93.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/524/edson_93.pdf</t>
   </si>
   <si>
     <t>“Aquisição de um terreno para construção de um novo centro de comercialização dos produtos da agricultura familiar do munícipe”.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/525/vilson_94.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/525/vilson_94.pdf</t>
   </si>
   <si>
     <t>“Iluminação no Contorno Viário Armindo Echer”.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/526/vilson_95.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/526/vilson_95.pdf</t>
   </si>
   <si>
     <t>“Pavimentação Asfáltica e sinalização com faixa de pedestre e placas na Travessa Irmã Neuza, no Bairro Perpétuo Socorro”.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/527/renna_96.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/527/renna_96.pdf</t>
   </si>
   <si>
     <t>“Melhorias na Rua Artevila Cararo Nespolo, no Bairro São Francisco”.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/528/silvian_97.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/528/silvian_97.pdf</t>
   </si>
   <si>
     <t>"implantação de câmeras de vigilâncias  no Bairro Progresso"</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/529/edson_98.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/529/edson_98.pdf</t>
   </si>
   <si>
     <t>“Implantação de faixa de pedestre na rotatória da rua Nereu Ramos com a rua Dom Pedro II e criação de vagas rápidas”.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/530/adilio_99.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/530/adilio_99.pdf</t>
   </si>
   <si>
     <t>“Reconstrução do abrigo para passageiros em frente ao campo do Esporte Clube Brasil em Frederico Wastner”.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/531/mauro_100.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/531/mauro_100.pdf</t>
   </si>
   <si>
     <t>“Criação de Programa Aluno Nota 10, para estudantes do ensino fundamental da rede municipal de ensino</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/532/edson_101.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/532/edson_101.pdf</t>
   </si>
   <si>
     <t>“Manutenção na iluminação no Mirante Panorâmico, e implantação de câmeras de monitoramento”.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/534/marlice_102.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/534/marlice_102.pdf</t>
   </si>
   <si>
     <t>“Implantação de programa empreendedorismo durante o mês de agosto nas escolas municipais”.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/535/silvian_103.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/535/silvian_103.pdf</t>
   </si>
   <si>
     <t>“Criação de Programa voltado a área da Ginástica Aeróbica, mais especificamente Aulas de Zumba”.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Nereide Maria Curioletti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/536/nereide_104.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/536/nereide_104.pdf</t>
   </si>
   <si>
     <t>“Criação de uma Creche Pública Para Idosos”.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/537/nereide_105.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/537/nereide_105.pdf</t>
   </si>
   <si>
     <t>“Reavaliação da necessidade do Centro de Especialidades Odontológicas”</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/538/mauro_106.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/538/mauro_106.pdf</t>
   </si>
   <si>
     <t>“Contração urgente de vigilantes nos períodos diurno e noturno para a Escola de Educação Básica Sóror Angélica, espaço físico também compartilhado pelo CEJA.”</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/540/ledeni_107.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/540/ledeni_107.pdf</t>
   </si>
   <si>
     <t>Criação de cargo efetivo de Orientador Social para o  Serviço de Convivência de Fortalecimento de Vínculos – SCFV</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/541/ledeni_108.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/541/ledeni_108.pdf</t>
   </si>
   <si>
     <t>Implantação de vaga de estacionamento reservada aos deficientes físicos em frente à Policlínica Municipal.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/542/marlice_109.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/542/marlice_109.pdf</t>
   </si>
   <si>
     <t>Melhorias na arborização em vias do município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/543/ledeni_110.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/543/ledeni_110.pdf</t>
   </si>
   <si>
     <t>Normatização, preferencialmente por Lei, quanto a emissão de receitas e atestados médicos legíveis.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/544/ledeni_111.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/544/ledeni_111.pdf</t>
   </si>
   <si>
     <t>“Troca de lâmpadas e melhorias na iluminação do elevado”.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/545/indicacao_112.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/545/indicacao_112.pdf</t>
   </si>
   <si>
     <t>“Melhorias com patrolamento e cascalhamento em trecho de estrada na Linha São Caetano”.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/546/renna_113.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/546/renna_113.pdf</t>
   </si>
   <si>
     <t>“Implantação de sarjeta às margens da SC 480, mais especificamente no Km 7,5 – na Linha São Miguel”.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/547/mauro_114.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/547/mauro_114.pdf</t>
   </si>
   <si>
     <t>“Recapeamento Asfáltico”.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/548/altair_115.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/548/altair_115.pdf</t>
   </si>
   <si>
     <t>Campanha de divulgação incentivando a doação de parte imposto de renda as Fundo Municipais nos carnes de tributos dos municípios</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/549/renna_116.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/549/renna_116.pdf</t>
   </si>
   <si>
     <t>“Alteração no Estatuto Municipal dos Servidores a fim de possibilitar que migrantes legais possam ter investidura em cargos públicos”.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/550/renna_117.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/550/renna_117.pdf</t>
   </si>
   <si>
     <t>“Revisão da Lei que institui o Projeto Bolsa Esporte”.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/551/eliane_118.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/551/eliane_118.pdf</t>
   </si>
   <si>
     <t>“Troca de lâmpadas na Avenida Brasil”.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/552/eliane_119.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/552/eliane_119.pdf</t>
   </si>
   <si>
     <t>“Troca da tubulação em partes nas ruas  João Beux Sobrinho, entre as Ruas Pedro Alvares Cabral e a Saldanha da Gama.”</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/553/eliane_120.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/553/eliane_120.pdf</t>
   </si>
   <si>
     <t>“Análise para instalação de redutor de velocidade na Rua Coronel Bertaso esquina com Guilherme Hack, no sentido centro à saída para Jupiá.”</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/554/eliane_121.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/554/eliane_121.pdf</t>
   </si>
   <si>
     <t>“Colocação de tachões refletivos nas Ruas Hermes Gabriel Ioris e Justina Bodanes Moretto, no Loteamento Jardim Borges.”</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/555/altair_122.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/555/altair_122.pdf</t>
   </si>
   <si>
     <t>Alteração da Lei nº 2.395, de 18 de abril de 2018, que dispõe sobre a concessão de benefícios eventuais a pessoas em situação de vulnerabilidade social, no âmbito da assistência social.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/556/altair_123.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/556/altair_123.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para criação de Fundo Municipal para auxiliar pessoas acometidas com doenças graves no Municipio de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/557/altair_124.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/557/altair_124.pdf</t>
   </si>
   <si>
     <t>Instalação de redutor de velocidade no Contorno Viário Armindo Echer, nos dois sentidos do elevado junto ao trevo de acesso a cidade.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Joceli de Almeida (Juruna)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/558/juruna_125.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/558/juruna_125.pdf</t>
   </si>
   <si>
     <t>Substituição de lampadas na Comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/559/eliane_126.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/559/eliane_126.pdf</t>
   </si>
   <si>
     <t>“Manutenção da estrada continuação da Rua Angelo Biazussi, e instalação de tubos”.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>"Limpeza e pintura da grade da escadaria da Travessa Afonso Sutilli,no Bairro Cruzeiro".</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/561/altair_128.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/561/altair_128.pdf</t>
   </si>
   <si>
     <t>Programa de isenção de IPTU para imóveis urbanos sem edificação que possam ser utilizados como estacionamento no centro da cidade e  nos bairros para praças esportivas, área de lazer, academias ao ar livre e/ou outras atividade pertinentes.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/562/juruna_129.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/562/juruna_129.pdf</t>
   </si>
   <si>
     <t>“Substituição de lâmpadas na Comunidade de Três Voltas”.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/563/juruna_130.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/563/juruna_130.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfaltica na comunidade de Três Voltas”.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/564/juruna_131.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/564/juruna_131.pdf</t>
   </si>
   <si>
     <t>“Instalação de lixeiras de 1,5m com tampa na comunidade de Três Voltas”.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/565/juruna_132.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/565/juruna_132.pdf</t>
   </si>
   <si>
     <t>“Construção de um parquinho para as crianças na comunidade de Três Voltas”.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/566/indicacao_133.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/566/indicacao_133.pdf</t>
   </si>
   <si>
     <t>"aquisição de dois veículos para a Secretária de Saúde".</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/567/marlice_134.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/567/marlice_134.pdf</t>
   </si>
   <si>
     <t>"Recolhimento do lixo reciclável  nas comunidades do interior do município."</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/568/edson_135.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/568/edson_135.pdf</t>
   </si>
   <si>
     <t>“Mudança no trânsito da rua Coronel Bertaso, na altura das ruas Irineu Bornhausen e Tiradentes, no bairro São Francisco.”.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/569/ledeni_136.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/569/ledeni_136.pdf</t>
   </si>
   <si>
     <t>“Análise para instalação de redutores de velocidade eletrônicos (radares) no Contorno Viário Armindo Ecker, nas proximidades do novo Terminal Rodoviário de São Lourenço do Oeste e próximo ao acesso para o bairro Araucária Park”.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/648/mocao_de_pesar_lidio_sutilli.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/648/mocao_de_pesar_lidio_sutilli.pdf</t>
   </si>
   <si>
     <t>Moção de pesar que seja encaminhada aos familiares do Senhor Lídio Sutilli</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/774/mocao_02_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/774/mocao_02_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de PESAR aos familiares do Senhor Ermindo Lazzarotto, ex-vereador desta Casa de Leis, pelo seu falecimento ocorrido no dia 02 de fevereiro de 2022.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/649/renna_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/649/renna_03.pdf</t>
   </si>
   <si>
     <t>Moção de Protesto ao Governador do Estado de Santa Catarina, Sr. Carlos Moisés da Silva, Presidente da Assembleia Legislativa do Estado.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/656/adilio_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/656/adilio_04.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Ministério das Comunicações, em prol da priorização da cobertura de telefonia Rural na sede do Distrito de São Roque:</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mauro_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mauro_05.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Diretor das Centrais Elétricas de Santa Catarina – CELESC, para  maior assistência na rede de transmissão de energia elétrica do município de São Lourenço do Oeste, a fim de evitar sobrecargas e quedas de energia.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a comunidade católica, em especial a Paróquia São Lourenço Mártir.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/646/renna_07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/646/renna_07.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao CTG Amizade Sem Fronteiras, em face da realização do 32° Rodeio Crioulo, que aconteceu neste Município, no período de 29 de abril a 01 de maio de 2022.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>Moção de Congratulação ao atleta Lourenciano Douglas Felipe dos Passos pela conquista do Cinturão Catarinense de Muay Thai na categoria até 95 kg.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/778/mocao_09_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/778/mocao_09_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, a ser direcionada à Câmara dos Deputados, Senado Federal e ao Fórum Parlamentar Catarinense.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/653/renna_10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/653/renna_10.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao piloto lourenciano Julio Cezar Bach (Julinho), pelo resultado conquistado na 28° Festa Nacional do Jeep -  FENAJEEP, evento realizado entre os dias 15 a 19 de junho de 2022, na cidade de Brusque- SC.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/652/mauro_11.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/652/mauro_11.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação aos Empreendedores Destaques do ano de 2021, premiação concedida anualmente pela ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/654/adilson_12.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/654/adilson_12.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao canil da 28ª DRP de São Lourenço do Oeste, hoje chamado de NÚCLEO DE OPERAÇÕES COM CÃES</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/657/silvian_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/657/silvian_13.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio pela Expansão do Instituto Federal de Santa Catarina.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/644/marlice_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/644/marlice_14.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a ser encaminhada a APAE</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/642/mauro_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/642/mauro_15.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a Atleta Eduarda Merigo Vieira, em reconhecimento as constantes conquistas representando o Município de São Lourenço do Oeste - SC, na modalidade lançamento de dardo.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/643/mauro_16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/643/mauro_16.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Senhor Irani Fioravante Balotin, em reconhecimento a sua história de 50 anos como árbitro no Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>Ledeni Pieta, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ledeni_17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ledeni_17.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a ser encaminhada a Invernada Artística e ao CTG Amizade Sem Fronteiras,</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_18_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_18_marlice.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a ser encaminhada ao Lions Clube Cidade Jardim de São Lourenço do Oeste em reconhecimento aos 41 anos de fundação e trabalhos prestados à comunidade.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/650/mocao_diva_trevisol.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/650/mocao_diva_trevisol.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a Senhora Diva Belleboni Trevisol, em reconhecimento a sua trajetória no magistério público de São Lourenço do Oeste - SC</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/655/mocao_apelo_eliane_-inss.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/655/mocao_apelo_eliane_-inss.pdf</t>
   </si>
   <si>
     <t>“Realização de perícias médicas na Agência da Previdência Social (INSS) de São Lourenço do Oeste.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2866,68 +2866,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/726/projleic008_-_mesa_-_revisao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/729/retirado-projeto_de_lei_complementar_n.15_altera_a_lc_265.20__renna.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/728/projleic033.22_-_altera_a_lc_130.11.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/704/projeto_de_lei_ruas03_renna_protocolo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/712/projlei014_-_mesa_-_revisa_subsidios.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/703/projeto_de_lei_17_proibe_uso_do_fumace_-_renna_e_outros.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/711/projlei_23_-_denomina_faixa_de_dominio_-_renna_-_copia.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/714/projlei047_-_fumace_novo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/718/projlei065_-_renna_-_pagamentos_via_pix.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/724/projlei069_-_altair_-_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/702/pr_01-procuradoria_da_mulher.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/705/projeto_de_resolucao_02-_audiencia_pub_causa_animal_ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/709/projeto_resolucao_04_-_comissao_especial_cod_edificacoes.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/710/projeto_resolucao_05_-_prorroga_assuntos_relevantes_codigo_de_edificacoes.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/706/projeto_de_resolucao_06_-_despesas_seminario_causa_animal.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/708/projeto_res__007-_altera_res_171.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/713/projlei031_-_baixa_de_bens_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/721/projlei067_altera_lei_hospital_da_fundacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/699/pdl_-_02_mencao_honrosa_olavio_erbes.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/700/pdl_03_mencao_honrosa_orlando_e_silvestre.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/701/pdl_04.22_mencao_honrosa_hary.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/707/projeto_dec_leg_005_-_altera_dec_641.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/188/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/609/requerimento_001.22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/610/requerimento_02.22_renna.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_03_mauro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/624/adilio_04.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/732/requerimento_05_mauro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_06_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/623/adilio_07.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/628/silvian_08.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/615/edson_09.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/622/adilio_10.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/735/requerimento_renna_11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/620/adilio_12.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/626/adilio_13.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/621/adilio_14.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_mauro_-_inf._ruas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/736/requerimento_16_urgencia.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_de_urgencia_mdb_17.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/738/requerimento_18_jose.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_19_mdb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_20_legislacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/619/adilio_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/741/requerimento_22_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/604/2022-08-08_-_mauro_cesar_michelon_-_requerimento_ampliacao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_-_licenca_marlice.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/608/requerimento_-_licenca_renna.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_26_mauro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_27_mauro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_28_adilio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/625/adilio_29.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/616/ledeni_30.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/617/jotha_31.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/611/requerimento_ccj_-_renna.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/618/adilio_33.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/614/mauro_34.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_35_renna.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/605/2022-10-31_-_mauro_cesar_michelon_-_requerimento_pagamento_via_pix_e_transferencias_bancarias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_37_mauro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_-_licenca_mauro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_mauro_-_informacoes_profissionais_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/627/eliane_40.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/731/requerimento_03_mauro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/439/renna_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/440/renna_02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/441/silvian_03.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/443/marlice_04.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/442/mauro_05.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/444/edson_06.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mauro_07.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/446/mauro_08.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/447/adilio_09.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/448/adilio_10.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/449/adilio_11.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/451/jotha_13.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/452/jotha_14.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/453/marlice_15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/454/jose_16.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/455/edson_17.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/456/silvian_18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/570/bancada_mdb_19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/458/renna_21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/459/adilio_22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/460/adilio_23.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/461/adilio_24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/462/marlice_26.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/463/adilio_27.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/465/silvian_29.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/466/adilio_30.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/468/jotha_32.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/469/renna_33.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/470/mauro_34.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/472/jotha_36.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/473/renna_37.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/474/mauro_38.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/475/adilio_39.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/571/bancada_do_mdb_40.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/476/edson_41.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/574/indicacao_bancada_mdb_-_11.04.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/477/jotha_43.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/478/mauro_44.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/479/marlice_45.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/480/renna_46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/481/renna_48.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/482/renna_49.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/483/mauro_50.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/485/jotha_52.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/486/adilio_53.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/487/adilio_54.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/488/edson_55.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/489/edson_56.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/490/marlice_57.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/492/mauro_59.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/493/adilio_60.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/572/bancada_do_mdb_42.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/494/jose_62.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/495/adilio_63.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/496/adlio_64.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/497/edson_65.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/498/edson_66.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/499/renna_67.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/500/marlice_68.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/501/marlice_69.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/502/adilio_70.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/503/renna_71.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/504/jose_72.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/505/edson_73.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/506/marlice_74.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/507/adilio_75.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/508/adilio_76.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/509/adilio_77.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/510/vilson_79.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/511/vilson_80.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/512/vilson_81.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/513/vilson_82.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/514/edson_83.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/515/silvian_84.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/516/mauro_85.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/517/mauro_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/518/mauro_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/519/vilson_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/520/vilson_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/521/renna_90.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/522/jotha_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/523/jotha_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/524/edson_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/525/vilson_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/526/vilson_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/527/renna_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/528/silvian_97.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/529/edson_98.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/530/adilio_99.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/531/mauro_100.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/532/edson_101.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/534/marlice_102.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/535/silvian_103.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/536/nereide_104.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/537/nereide_105.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/538/mauro_106.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/540/ledeni_107.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/541/ledeni_108.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/542/marlice_109.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/543/ledeni_110.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/544/ledeni_111.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/545/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/546/renna_113.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/547/mauro_114.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/548/altair_115.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/549/renna_116.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/550/renna_117.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/551/eliane_118.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/552/eliane_119.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/553/eliane_120.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/554/eliane_121.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/555/altair_122.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/556/altair_123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/557/altair_124.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/558/juruna_125.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/559/eliane_126.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/561/altair_128.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/562/juruna_129.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/563/juruna_130.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/564/juruna_131.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/565/juruna_132.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/566/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/567/marlice_134.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/568/edson_135.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/569/ledeni_136.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/648/mocao_de_pesar_lidio_sutilli.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/774/mocao_02_mdb.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/649/renna_03.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/656/adilio_04.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mauro_05.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/646/renna_07.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/778/mocao_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/653/renna_10.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/652/mauro_11.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/654/adilson_12.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/657/silvian_13.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/644/marlice_14.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/642/mauro_15.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/643/mauro_16.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ledeni_17.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_18_marlice.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/650/mocao_diva_trevisol.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/655/mocao_apelo_eliane_-inss.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/726/projleic008_-_mesa_-_revisao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/729/retirado-projeto_de_lei_complementar_n.15_altera_a_lc_265.20__renna.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/728/projleic033.22_-_altera_a_lc_130.11.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/704/projeto_de_lei_ruas03_renna_protocolo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/712/projlei014_-_mesa_-_revisa_subsidios.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/703/projeto_de_lei_17_proibe_uso_do_fumace_-_renna_e_outros.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/711/projlei_23_-_denomina_faixa_de_dominio_-_renna_-_copia.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/714/projlei047_-_fumace_novo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/718/projlei065_-_renna_-_pagamentos_via_pix.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/724/projlei069_-_altair_-_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/702/pr_01-procuradoria_da_mulher.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/705/projeto_de_resolucao_02-_audiencia_pub_causa_animal_ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/709/projeto_resolucao_04_-_comissao_especial_cod_edificacoes.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/710/projeto_resolucao_05_-_prorroga_assuntos_relevantes_codigo_de_edificacoes.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/706/projeto_de_resolucao_06_-_despesas_seminario_causa_animal.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/708/projeto_res__007-_altera_res_171.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/713/projlei031_-_baixa_de_bens_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/721/projlei067_altera_lei_hospital_da_fundacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/699/pdl_-_02_mencao_honrosa_olavio_erbes.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/700/pdl_03_mencao_honrosa_orlando_e_silvestre.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/701/pdl_04.22_mencao_honrosa_hary.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/707/projeto_dec_leg_005_-_altera_dec_641.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/188/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/609/requerimento_001.22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/610/requerimento_02.22_renna.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_03_mauro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/624/adilio_04.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/732/requerimento_05_mauro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_06_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/623/adilio_07.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/628/silvian_08.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/615/edson_09.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/622/adilio_10.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/735/requerimento_renna_11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/620/adilio_12.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/626/adilio_13.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/621/adilio_14.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_mauro_-_inf._ruas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/736/requerimento_16_urgencia.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_de_urgencia_mdb_17.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/738/requerimento_18_jose.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_19_mdb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_20_legislacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/619/adilio_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/741/requerimento_22_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/604/2022-08-08_-_mauro_cesar_michelon_-_requerimento_ampliacao_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_-_licenca_marlice.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/608/requerimento_-_licenca_renna.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_26_mauro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_27_mauro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_28_adilio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/625/adilio_29.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/616/ledeni_30.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/617/jotha_31.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/611/requerimento_ccj_-_renna.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/618/adilio_33.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/614/mauro_34.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_35_renna.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/605/2022-10-31_-_mauro_cesar_michelon_-_requerimento_pagamento_via_pix_e_transferencias_bancarias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_37_mauro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_-_licenca_mauro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_mauro_-_informacoes_profissionais_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/627/eliane_40.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/731/requerimento_03_mauro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/439/renna_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/440/renna_02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/441/silvian_03.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/443/marlice_04.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/442/mauro_05.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/444/edson_06.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mauro_07.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/446/mauro_08.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/447/adilio_09.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/448/adilio_10.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/449/adilio_11.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/451/jotha_13.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/452/jotha_14.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/453/marlice_15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/454/jose_16.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/455/edson_17.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/456/silvian_18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/570/bancada_mdb_19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/458/renna_21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/459/adilio_22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/460/adilio_23.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/461/adilio_24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/462/marlice_26.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/463/adilio_27.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/465/silvian_29.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/466/adilio_30.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/468/jotha_32.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/469/renna_33.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/470/mauro_34.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/472/jotha_36.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/473/renna_37.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/474/mauro_38.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/475/adilio_39.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/571/bancada_do_mdb_40.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/476/edson_41.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/574/indicacao_bancada_mdb_-_11.04.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/477/jotha_43.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/478/mauro_44.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/479/marlice_45.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/480/renna_46.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/481/renna_48.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/482/renna_49.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/483/mauro_50.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/485/jotha_52.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/486/adilio_53.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/487/adilio_54.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/488/edson_55.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/489/edson_56.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/490/marlice_57.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/492/mauro_59.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/493/adilio_60.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/572/bancada_do_mdb_42.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/494/jose_62.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/495/adilio_63.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/496/adlio_64.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/497/edson_65.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/498/edson_66.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/499/renna_67.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/500/marlice_68.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/501/marlice_69.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/502/adilio_70.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/503/renna_71.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/504/jose_72.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/505/edson_73.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/506/marlice_74.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/507/adilio_75.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/508/adilio_76.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/509/adilio_77.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/510/vilson_79.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/511/vilson_80.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/512/vilson_81.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/513/vilson_82.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/514/edson_83.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/515/silvian_84.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/516/mauro_85.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/517/mauro_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/518/mauro_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/519/vilson_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/520/vilson_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/521/renna_90.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/522/jotha_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/523/jotha_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/524/edson_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/525/vilson_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/526/vilson_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/527/renna_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/528/silvian_97.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/529/edson_98.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/530/adilio_99.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/531/mauro_100.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/532/edson_101.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/534/marlice_102.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/535/silvian_103.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/536/nereide_104.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/537/nereide_105.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/538/mauro_106.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/540/ledeni_107.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/541/ledeni_108.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/542/marlice_109.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/543/ledeni_110.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/544/ledeni_111.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/545/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/546/renna_113.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/547/mauro_114.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/548/altair_115.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/549/renna_116.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/550/renna_117.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/551/eliane_118.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/552/eliane_119.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/553/eliane_120.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/554/eliane_121.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/555/altair_122.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/556/altair_123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/557/altair_124.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/558/juruna_125.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/559/eliane_126.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/561/altair_128.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/562/juruna_129.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/563/juruna_130.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/564/juruna_131.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/565/juruna_132.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/566/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/567/marlice_134.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/568/edson_135.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/569/ledeni_136.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/648/mocao_de_pesar_lidio_sutilli.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/774/mocao_02_mdb.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/649/renna_03.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/656/adilio_04.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mauro_05.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/646/renna_07.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/778/mocao_09_mdb.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/653/renna_10.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/652/mauro_11.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/654/adilson_12.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/657/silvian_13.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/644/marlice_14.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/642/mauro_15.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/643/mauro_16.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ledeni_17.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_18_marlice.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/650/mocao_diva_trevisol.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2022/655/mocao_apelo_eliane_-inss.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="176.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>