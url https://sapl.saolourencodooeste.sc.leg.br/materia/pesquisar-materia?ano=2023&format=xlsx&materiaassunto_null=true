--- v0 (2025-10-27)
+++ v1 (2026-03-23)
@@ -54,2750 +54,2750 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Gilmar de Camargo, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/770/projleic005_-_mesa_-_revisao_servidores_legislativo.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/770/projleic005_-_mesa_-_revisao_servidores_legislativo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão e reajuste dos vencimentos dos servidores públicos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/771/projleic011_-_altera_estrutura_camara.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/771/projleic011_-_altera_estrutura_camara.doc</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 130, de 18 de julho de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Agustinho Assis Menegatti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/18/projleic014017_lei_de_regularizacao_de_edificacoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/18/projleic014017_lei_de_regularizacao_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de edificações em desconformidade com a Lei Complementar nº 146, de 28 de dezembro de 2012, que institui o Plano Diretor Participativo e com a Lei Complementar nº 265, de 20 de agosto de 2020, que institui o Código de Edificações, nos casos que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/109/projleic015018_nova_regulamentacao_servicos_funerarios.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/109/projleic015018_nova_regulamentacao_servicos_funerarios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os serviços funerários no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/125/projleic016019_altera_a_lc_118_2010_estatuto_e_lc_56_2005_estrangeiro_readaptacao_licenca_saude_familia_jornada_odontologos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/125/projleic016019_altera_a_lc_118_2010_estatuto_e_lc_56_2005_estrangeiro_readaptacao_licenca_saude_familia_jornada_odontologos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 118, de 23 de junho de 2010, a Lei Complementar nº 56, de 14 de outubro de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/135/projleic017020_altera_lc_56_2005_e_lc_90_2007_cria_cargo_de_agente_operacional_escolar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/135/projleic017020_altera_lc_56_2005_e_lc_90_2007_cria_cargo_de_agente_operacional_escolar.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Agente Operacional Escolar, altera a Lei Complementar nº 56, de 14 de outubro de 2005 e a Lei Complementar nº 90, de 26 de dezembro de 2007.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/147/projleic018021_concede_insencao_contribuicao_de_melhoria_pavimentacao_asfaltica_2023.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/147/projleic018021_concede_insencao_contribuicao_de_melhoria_pavimentacao_asfaltica_2023.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção de contribuição de melhoria aos proprietários, titulares do domínio útil ou possuidores, a qualquer título, dos bens imóveis beneficiados pela realização de pavimentação asfáltica que identifica, e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projleic019022_altera_lc_56_2005_cria_cargo_de_agente_operacional_escolar_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projleic019022_altera_lc_56_2005_cria_cargo_de_agente_operacional_escolar_2_.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Agente Operacional Escolar e altera a Lei Complementar nº 56, de 14 de outubro de 2005.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/201/projleic020023_altera_a_lc_085_2007_icsl_anexo_atribuicoes_do_instrutor_de_artes_cenicas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/201/projleic020023_altera_a_lc_085_2007_icsl_anexo_atribuicoes_do_instrutor_de_artes_cenicas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 85, de 08 de outubro de 2007.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/202/projleic021024_altera_codigo_tributario_municipal_ctm_zoneamento_distritos_loteamento_dona_matilde.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/202/projleic021024_altera_codigo_tributario_municipal_ctm_zoneamento_distritos_loteamento_dona_matilde.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário Municipal, instituído pela Lei nº 298, de 18 de dezembro de 1979.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/211/projleic022025_altera_lc_283_2021_estrutura_administrativa_organizacao_sec_mun_saude_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/211/projleic022025_altera_lc_283_2021_estrutura_administrativa_organizacao_sec_mun_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 283, de 20 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/212/projleic023026_altera_a_lc_90_2007_plano_de_cargos_do_magisterio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/212/projleic023026_altera_a_lc_90_2007_plano_de_cargos_do_magisterio_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 90, de 26 de dezembro de 2007, que dispõe sobre a reformulação do Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/232/projleic024027_altera_lei_1_101_1997_comercio_ambulante.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/232/projleic024027_altera_lei_1_101_1997_comercio_ambulante.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.101, de 19 de setembro de 1997 e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/241/projleic025028_altera_a_lc_118_2010_estatuto_regime_de_plantao_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/241/projleic025028_altera_a_lc_118_2010_estatuto_regime_de_plantao_2_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 118, de 23 de junho de 2010, e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/242/projleic026029_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_bentinho_regularizacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/242/projleic026029_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_bentinho_regularizacao.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/747/projlc_06_-_cargo_comissao_contador.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/747/projlc_06_-_cargo_comissao_contador.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/767/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/767/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx</t>
   </si>
   <si>
     <t>Atribui denominação a ginásio poliesportivo, localizado no bairro Cruzeiro.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon, Edson Ferrari, Marlice Villani Perazoli, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/748/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/748/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf</t>
   </si>
   <si>
     <t>Atribui nova denominação a rodovia Acesso Sul.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf</t>
   </si>
   <si>
     <t>Atribui denominação às vias públicas do Loteamento Jardim Itália, bairro São Francisco.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/733/projeto_n._007_-_renna_-_lei_utilidade_publica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/733/projeto_n._007_-_renna_-_lei_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão e a manutenção do Título de Utilidade Pública no âmbito do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/751/projlei_008_-_nome_ruas_loteamento_matilde_-bancada_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/751/projlei_008_-_nome_ruas_loteamento_matilde_-bancada_mdb.pdf</t>
   </si>
   <si>
     <t>Atribui denominação às vias públicas do Loteamento Dona Matilde.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>Gilmar de Camargo, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/754/projlei011_-_mesa_-_revisa_subsidios.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/754/projlei011_-_mesa_-_revisa_subsidios.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão dos subsídios dos agentes políticos dos Poderes Legislativo e Executivo Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/757/projlei022_-_renna_-_altera_faixa_nao_edificavel.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/757/projlei022_-_renna_-_altera_faixa_nao_edificavel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a faixa não edificável nas margens da rodovia SC 157, no perímetro do município de São Lourenço do Oeste, SC.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/762/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/762/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.745, de 25 de abril de 2023, que autoriza a baixa e doação de bens móveis do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.351, de 09 de novembro de 2017, que institui o Programa Permanente de Educação em Saúde e Controle Reprodutivo de Cães e Gatos de São Lourenço do Oeste/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/13/projlei041048_beneficios_eventuais_assistencia_social_revoga_a_lei_2_395_2018_novo_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/13/projlei041048_beneficios_eventuais_assistencia_social_revoga_a_lei_2_395_2018_novo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefícios eventuais a pessoas em situação de vulnerabilidade social, no âmbito da assistência social, e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.705, de 11 de setembro de 2007, que institui auxílio-alimentação aos servidores municipais da Administração Municipal direta e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/15/projlei045052-_altera_a_lei_2_292_2016_politica_conselho_fundo_de_saneamento.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/15/projlei045052-_altera_a_lei_2_292_2016_politica_conselho_fundo_de_saneamento.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.292, de 15 de julho de 2016, que dispõe sobre a Política Municipal de Saneamento Básico, cria o Conselho Municipal de Saneamento e o Fundo Municipal de Saneamento Básico, e dá outras providências.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/768/projlei054-filia_uvesc.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/768/projlei054-filia_uvesc.doc</t>
   </si>
   <si>
     <t>Autoriza a filiação e contribuição mensal da Câmara Municipal de São Lourenço do Oeste, SC, a União dos Vereadores de Santa Catarina - UVESC.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/769/projlei055_-_denominacao_loteamento_fundacao.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/769/projlei055_-_denominacao_loteamento_fundacao.doc</t>
   </si>
   <si>
     <t>Atribui denominação às vias públicas do Loteamento Fundação.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/16/projlei047056_retificacao_desmembramento_afetacao_centro_de_reabilitacao_animal_tac_novo_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/16/projlei047056_retificacao_desmembramento_afetacao_centro_de_reabilitacao_animal_tac_novo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a retificação de registro imobiliário, desmembramento e afetação de imóvel para edificação do Centro de Reabilitação Animal de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/17/projlei_58-2023_assinado_com_anexos_comprimido.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/17/projlei_58-2023_assinado_com_anexos_comprimido.pdf</t>
   </si>
   <si>
     <t>Institui a revisão do Plano Municipal de Saneamento Básico do Município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/22/projlei050059_-_autoriza_repasse_a_entidade_-_chamamento_publico_02-2023_-_fundo_de_cultura.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/22/projlei050059_-_autoriza_repasse_a_entidade_-_chamamento_publico_02-2023_-_fundo_de_cultura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidade, e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito suplementar, por anulação de dotações no orçamento programa de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/25/projlei052061_autoriza_instituir_programa_protegendo_nascentes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/25/projlei052061_autoriza_instituir_programa_protegendo_nascentes.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Fonte Cheia e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/27/projlei053062_altera_a_lei_2_560_carlos_morbini.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/27/projlei053062_altera_a_lei_2_560_carlos_morbini.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.560, de 19 de agosto de 2023, que dispõe sobre a desafetação de área pública e autoriza o chefe do Poder Executivo Municipal a permutar área de propriedade do Município com área de propriedade dos Srs. Carlos Augusto de Andrade Morbini e Maria Cristina Brum Morbini, e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/28/projlei054063_anulacao_de_dotacao_agricultura_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/28/projlei054063_anulacao_de_dotacao_agricultura_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/29/projlei055064_aquisicao_de_imovel_desenvolvimento_economico_assinado_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/29/projlei055064_aquisicao_de_imovel_desenvolvimento_economico_assinado_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a aquisição de bem imóvel de propriedade de Camila Deon, e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/30/projlei056065_anulacao_de_dotacao_camara_para_saude.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/30/projlei056065_anulacao_de_dotacao_camara_para_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional, por anulação de dotações no orçamento programa de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/31/projlei057066_anulacao_de_dotacao_urbano_e_fundo_de_assistencia_social.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/31/projlei057066_anulacao_de_dotacao_urbano_e_fundo_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/51/projlei058067_autoriza_concessao_de_uso_casan_novo_reservatorio_assinado_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/51/projlei058067_autoriza_concessao_de_uso_casan_novo_reservatorio_assinado_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a firmar concessão de uso de parte de área pública, com a Companhia Catarinense de Águas e Saneamento - CASAN, para fins de instalação de reservatório de água tratada.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/96/projlei059068_-_auxilio_financeiro_invernadas_-_chamamento_publico_-_fundo_municipal_de_cultura_-_icsl.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/96/projlei059068_-_auxilio_financeiro_invernadas_-_chamamento_publico_-_fundo_municipal_de_cultura_-_icsl.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro à organização da sociedade civil Invernadas Artísticas Amizade Sem Fronteiras.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de São Lourenço do Oeste, em complemento às políticas municipais de apoio aos grupos de idosos, desempenhadas pela Secretaria Municipal de Assistência Social, incentivo financeiro às Associações de Idosos para custeio de transporte e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/101/projlei061070_altera_a_ldo_e_loa_icsl_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/101/projlei061070_altera_a_ldo_e_loa_icsl_2_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito especial, cria novo elemento de despesa na Lei de Diretrizes Orçamentária - LDO e no Orçamento Municipal em vigor, e dá outras providências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/105/projlei062071_altera_lei_2_723_2022_loteamento_dona_matilde.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/105/projlei062071_altera_lei_2_723_2022_loteamento_dona_matilde.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.723, de 21 de dezembro de 2022, que aprova o projeto do Loteamento Dona Matilde, com área de 130.603,17m², e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.187, de 07 de novembro de 2014, que trata da outorga de escrituras públicas aos mutuários dos conjuntos habitacionais dos loteamentos populares São Francisco e Vida Nova, e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/107/projlei064073_23_aniversario_moto_bruxo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/107/projlei064073_23_aniversario_moto_bruxo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover o 12º Moto Bruxo, em comemoração ao 23º Aniversário do Moto Grupo Fortaleza dos Bruxos, em parceria com o Moto Grupo Fortaleza dos Bruxos, no dia 04 de novembro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/110/projlei065074_doacao_de_imovel_derotilde_e_janete_pinto_carater_social_regularizacao_renuncia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/110/projlei065074_doacao_de_imovel_derotilde_e_janete_pinto_carater_social_regularizacao_renuncia.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bem imóvel ao Sr. Derotilde Pinto e Sra. Janete Rodrigues Pinto, e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>MDB, Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/120/projlei075_denomina_plenario_lidio_sutilli.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/120/projlei075_denomina_plenario_lidio_sutilli.pdf</t>
   </si>
   <si>
     <t>Atribui a denominação “Plenário Vereador Lídio Sutilli” na Câmara Municipal de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/121/projlei076_altera_nome_biblioteca_ermindo_lazzarotto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/121/projlei076_altera_nome_biblioteca_ermindo_lazzarotto.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Biblioteca Municipal Santos Dumont, atribuída pela Lei nº 118, de 01 de novembro de 1973.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/122/projlei066077_revisao_ppa_2022_2025_lei_2_602_2021.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/122/projlei066077_revisao_ppa_2022_2025_lei_2_602_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão e atualização do PPA - Plano Plurianual 2022/2025 do Município de São Lourenço do Oeste, de que trata a Lei nº 2.602, de 07 de junho de 2021.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/123/projlei067078_diretrizes_para_a_lei_orcamentaria_ldo_2024.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/123/projlei067078_diretrizes_para_a_lei_orcamentaria_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do Município, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/124/projlei068079_auxilio_financeiro_associacao_de_moradores_de_linha_alvorada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/124/projlei068079_auxilio_financeiro_associacao_de_moradores_de_linha_alvorada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a Associação de Moradores da Comunidade de Linha Alvorada, e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/132/projlei080_autoriza_doacao_veiculo_a_secretaria_assistencia_social.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/132/projlei080_autoriza_doacao_veiculo_a_secretaria_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de veículo automotor de propriedade da Câmara Municipal, para a Prefeitura Municipal, para utilização junto à Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/134/projlei069081_altera_a_lei_2_788_2023_fonte_cheia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/134/projlei069081_altera_a_lei_2_788_2023_fonte_cheia.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.788, de 29 de agosto de 2023, que institui o Programa Fonte Cheia e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/136/projlei070082_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/136/projlei070082_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Contrato de Consórcio Público do Consórcio Interfederativo de Saúde do Oeste de Santa Catarina - CISAMOSC.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/144/projlei071083_doacao_de_imovel_bela_vista_clube_de_maes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/144/projlei071083_doacao_de_imovel_bela_vista_clube_de_maes.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bem imóvel ao Clube de Mães Nossa Senhora da Salete, e dá outras providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/145/projlei072084_doacao_de_imovel_e_bens_moveis_lageado_raul_matricula_5_133.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/145/projlei072084_doacao_de_imovel_e_bens_moveis_lageado_raul_matricula_5_133.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bem imóvel e de bens móveis para a Associação dos Moradores da Comunidade de Lageado Raul, e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/146/projlei073085_auxilio_financeiro_associacao_dos_caminhoneiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/146/projlei073085_auxilio_financeiro_associacao_dos_caminhoneiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a Associação dos Caminhoneiros de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/148/projlei074086_anulacao_de_dotacao_secretaria_de_agricultura.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/148/projlei074086_anulacao_de_dotacao_secretaria_de_agricultura.pdf</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/149/projlei075087_icsl_camara_repasse.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/149/projlei075087_icsl_camara_repasse.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/166/proj_lei088_-_institui_dia_municipal_dto_a_vida.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/166/proj_lei088_-_institui_dia_municipal_dto_a_vida.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Lourenço do Oeste/SC o dia municipal do Direito à Vida a ser comemorado anualmente no dia 08 de outubro e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/169/projlei076089_altera_a_lei_1_779_2008_sistema_municipal_de_ensino.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/169/projlei076089_altera_a_lei_1_779_2008_sistema_municipal_de_ensino.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.779, de 19 de dezembro de 2008, que dispõe sobre a Reformulação do Sistema Municipal de Ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/170/projlei077090_anulacao_de_dotacao_urbano.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/170/projlei077090_anulacao_de_dotacao_urbano.pdf</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/187/projlei078091_anulacao_de_dotacao_varias_secretarias.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/187/projlei078091_anulacao_de_dotacao_varias_secretarias.pdf</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/189/projlei079092_lei_orcamentaria_anual_loa_2024.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/189/projlei079092_lei_orcamentaria_anual_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Lourenço do Oeste para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo (Prefeito Interino)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/196/projlei080093_icsl_lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/196/projlei080093_icsl_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial, cria novo elemento de despesa na Lei de Diretrizes Orçamentárias - LDO e no Orçamento Municipal em vigor, e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/198/projlei081094_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/198/projlei081094_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata_2_.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa e doação de bens móveis do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/199/projlei082095_doacao_de_maquinarios_para_associacoes_de_maquinas_e_de_veiculo_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/199/projlei082095_doacao_de_maquinarios_para_associacoes_de_maquinas_e_de_veiculo_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de patrulhas mecanizadas às associações de máquinas e de veículo à APAE de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/200/projlei083096_autoriza_cessao_de_uso_com_a_policia_militar_l200_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/200/projlei083096_autoriza_cessao_de_uso_com_a_policia_militar_l200_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Termo de Cessão de Uso entre o Estado de Santa Catarina, através da Secretaria de Estado da Segurança Pública, com a interveniência da Polícia Militar do Estado de Santa Catarina, e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/206/projlei084097_anulacao_de_dotacao_anulacao_camara.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/206/projlei084097_anulacao_de_dotacao_anulacao_camara.pdf</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Adílio Carubin, Adilson Sperança, Edson Ferrari, Gilmar de Camargo, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/207/projlei098_-_mesa_e_todos_-_saude_unica_nas_escolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/207/projlei098_-_mesa_e_todos_-_saude_unica_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Semeando Saúde Única nas Crianças nas escolas da rede municipal de ensino no município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/210/projlei085099_auxilio_financeiro_para_entidades_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/210/projlei085099_auxilio_financeiro_para_entidades_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/219/projlei086100_concessao_e_cessao_associacao_lageado_raul_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/219/projlei086100_concessao_e_cessao_associacao_lageado_raul_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a conceder o uso de bens imóveis e móveis, e dá outras providências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/220/projlei087101_autoriza_acordo_judicial_extraordinaria_conxap_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/220/projlei087101_autoriza_acordo_judicial_extraordinaria_conxap_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza Chefe do Poder Executivo Municipal e a Procuradoria Geral do Município a firmar acordo judicial com a empresa Conxap Construtora Ltda. E William Gediel Laguna, e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/226/projlei088102_autoriza_municipio_custear_despesas_aluguel_associacao_de_apicultores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/226/projlei088102_autoriza_municipio_custear_despesas_aluguel_associacao_de_apicultores.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a custear as despesas com locação de imóvel destinado às atividades da Associação de Apicultores e Meliponicultores de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/227/projlei089103_anulacao_de_dotacoes_urbano_e_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/227/projlei089103_anulacao_de_dotacoes_urbano_e_educacao.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/228/projlei090104_cessao_de_uso_estado_samu_usa_terreno_ao_lado_upa_e_academia_de_saude_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/228/projlei090104_cessao_de_uso_estado_samu_usa_terreno_ao_lado_upa_e_academia_de_saude_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a ceder o uso de imóveis para a Secretaria de Estado da Saúde, visando abrigar a estrutura física, logística e equipes da Unidade de Suporte Avançado (USA) do Serviço de Atendimento Móvel de Urgência de Santa Catarina - SAMU 192, e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/229/projlei091105_ratifica_contrato_cimam_extraordinaria_assinado_com_anexo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/229/projlei091105_ratifica_contrato_cimam_extraordinaria_assinado_com_anexo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do contrato de consórcio público do CIMAM - Consórcio Intermunicipal Multifinalitário da AMNOROESTE, e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/230/projlei092106_altera_a_lei_2_788_2023_fonte_cheia_isolamento_nascente.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/230/projlei092106_altera_a_lei_2_788_2023_fonte_cheia_isolamento_nascente.pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/231/projlei093107_concessao_de_uso_bela_vista_clube_de_maes_nossa_senhora_da_salete.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/231/projlei093107_concessao_de_uso_bela_vista_clube_de_maes_nossa_senhora_da_salete.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a conceder o uso de bem imóvel ao Clube de Mães Nossa Senhora da Salete, e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/250/projlei094108_prefeitura_3_milhoes_anulacao_de_dotacao_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/250/projlei094108_prefeitura_3_milhoes_anulacao_de_dotacao_2_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito suplementar por anulação de dotações no orçamento programa de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/256/projlei095109_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/256/projlei095109_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover e custear despesas da 4ª. edição do Gaiola Cross, em parceria com a entidade Gaiola Clube São Lourenço (CNPJ n° 36.819.656/0001-88), e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/775/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/775/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 182/2013, que estabelece as regras e demais requisitos pertinentes ao pagamento de diárias aos servidores e agentes políticos da Câmara Municipal.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/777/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/777/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes com objetivo de analisar a implantação do plano de mobilidade urbana, com estudos sobre estacionamento rotativo e transporte coletivo no Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Gilmar de Camargo, Marlice Villani Perazoli, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/779/proj-res_04__-_sessao_solene_soror.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/779/proj-res_04__-_sessao_solene_soror.pdf</t>
   </si>
   <si>
     <t>Autoriza o custeio de despesas decorrentes da realização de sessão solene em homenagem aos 70 anos da Escola de Educação Básica Sóror Angélica.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/782/proj-res_05__-_comissao_especial_seguranca_nas_escolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/782/proj-res_05__-_comissao_especial_seguranca_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes para análise e encaminhamentos com vistas a situação da segurança das escolas públicas municipais.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projres_07_altera_regimento_interno.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projres_07_altera_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Resolução nº 190, de 05 de dezembro de 2017, que dispõe sobre o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/140/proj-res_08_-_novo_regimento_interno.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/140/proj-res_08_-_novo_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Trata do novo Regimento Interna desta Câmara Municipal, de autoria da Mesa Diretora e Comissão de Assuntos Relevantes</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes para estudos de revisão e atualização do regimento interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli, Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/785/projres_06_prorroga_prazo_comissao_reg_interno.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/785/projres_06_prorroga_prazo_comissao_reg_interno.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo de funcionamento da Comissão de Assuntos Relevantes criada pela Resolução nº 214, de 14 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_01_-_aprova_contas_prefeitura_2021.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_01_-_aprova_contas_prefeitura_2021.doc</t>
   </si>
   <si>
     <t>Aprova o Parecer Prévio nº 265/2022 do Tribunal de Contas do Estado de Santa Catarina, referente ao Processo nº TCE-PCP - 22/00104043, relativo às contas do exercício de 2021 do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/23/pdl_02.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/23/pdl_02.pdf</t>
   </si>
   <si>
     <t>Concede Diplomas de Menção Honrosa.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>Edson Ferrari</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/137/emenda_modificativa_pl_76.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/137/emenda_modificativa_pl_76.pdf</t>
   </si>
   <si>
     <t>Emenda nº 01/2023, ao Projeto de Lei nº 76/2023.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 02/2023 ao Projeto de Lei nº 058/2023.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_plc_18.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_plc_18.pdf</t>
   </si>
   <si>
     <t>Propõe-se três emendas modificativas e uma aditiva ao Projeto de Lei Complementar nº 018/2023, de do autoria do Prefeito, que “dispõe sobre os serviços funerários no âmbito do município de São Lourenço do Oeste, e dá outras providências”._x000D_
 _x000D_
 1) Objetiva a presente emenda modificar os parâmetros do item 3 e 4, da alínea b, do artigo 11;_x000D_
 2) EMENDA MODIFICATIVA Nº 002 .Modifica-se  a redação do inciso XIII do artigo 11 ;_x000D_
 3) EMENDA MODIFICATIVA Nº 003 Pretende modificar o caput do artigo 19;_x000D_
 4) EMENDA ADITIVA Nº 001/2023 Aditivar inciso III no artigo 13.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/178/emenda__ldo_24.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/178/emenda__ldo_24.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01_x000D_
 Ao Projeto de Lei nº 078/2022_x000D_
 Autoria: Mauro Michelon e Rennã Higor Fedrigo_x000D_
 _x000D_
 A emenda foi aprovada na Comissão de Finanças.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/664/parecer_pcp_tce_-_contas_2022_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/664/parecer_pcp_tce_-_contas_2022_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTOS E CONTAS._x000D_
 PARECER nº 019/2024_x000D_
 Ao Parecer Prévio PCP 23/00157602 do Tribunal de Contas de Santa Catarina_x000D_
 Assunto: Prestação de Contas do Prefeito referente ao exercício de 2022_x000D_
 Relator: Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Contas</t>
   </si>
   <si>
     <t>Parecer nº 152/2023 ao Projeto de Lei nº 79/2023</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Parecer nº 115/2023 ao Projeto de Lei nº 48/2023, pela Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/48/parecer_pl_56_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/48/parecer_pl_56_-_edson.pdf</t>
   </si>
   <si>
     <t>Parecer nº 116, ao PL 56/2023 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/71/parecer_plc_17_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/71/parecer_plc_17_edson.pdf</t>
   </si>
   <si>
     <t>Parecer n. 117, ao PLC 17/2023 - Comissão de Legislação Justiça e Redação.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Parecer nº 118/2023 ao Projeto de Lei nº 48/2023, pela Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/49/parecer_pl_56_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/49/parecer_pl_56_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 121, ao PL 56/2023 - Comissão de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Parecer nº 122/2023 ao Projeto de Decreto Legislativo nº 2/2023, em conjunto pelas comissões permanentes de Legislação, Justiça e Redação e Educação, Cultura, Saúde, Assistência Social e Causa Animal.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/47/parecer_pl_61_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/47/parecer_pl_61_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 123 ao PL 61/2023 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Parecer nº 124/2023 ao Projeto de Lei nº 62/2023, pela Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/45/parecer_pl_64_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/45/parecer_pl_64_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer ao PL 64 - Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/72/parecer_plc_17_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/72/parecer_plc_17_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer n. 127, ao PLC 17/2023 - Comissão de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Parecer nº 128/2023 ao Projeto de Lei nº 63/2023, pela Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Parecer nº 130/2023 ao Projeto de Lei nº 65/2023, pela Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Adilson Sperança</t>
   </si>
   <si>
     <t>Parecer nº 131/2023 ao Projeto de Lei nº 48/2023, pela Comissão Permanente de Educação, Cultura, Saúde, Assistência Social e Causa Animal.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/44/parecer_pl_64_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/44/parecer_pl_64_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER  Nº 125/2023, ao Projeto de Lei nº 064/2023 exarado pela COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Parecer ao PL 64/2023 - Comissão de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/50/parecer_pl_56_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/50/parecer_pl_56_adilio.pdf</t>
   </si>
   <si>
     <t>Parecer nº 132, ao PL 56/2023 - Comissão de Obras, Serviços Públicos e Urbano.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/73/parecer_pl_56_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/73/parecer_pl_56_marlice.pdf</t>
   </si>
   <si>
     <t>Parecer n. 135 ao PL nº 56/2023 - COMISSÃO DE EDUCAÇÃO, CULTURA, SAUDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/74/parecer_pl_64_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/74/parecer_pl_64_adilson.pdf</t>
   </si>
   <si>
     <t>PARECER N. 136 AO PL 64/2023 - COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PUBLICOS E URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/75/parecer_pl_61_marlice_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/75/parecer_pl_61_marlice_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO N. 134 AO PL N. 61/2023 - COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E AGRICULTURA E MEIO AMBIENTE.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/97/parecer_silvian_substitutivo_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/97/parecer_silvian_substitutivo_conj.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto nº 138 - Ao substitutivo do PL 52/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO; FINANÇAS ORÇAMENTO E CONTAS E OBRAS E SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/98/parecer_pl_67_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/98/parecer_pl_67_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 139 ao PL 67/2023 - COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/99/parecer_plc_17_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/99/parecer_plc_17_adilio.pdf</t>
   </si>
   <si>
     <t>Parecer nº 137 ao PLC n° 17/2023 - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/102/parecer_pl-52_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/102/parecer_pl-52_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 113/2023, ao PL 52/2023 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/103/parecer_pl_52_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/103/parecer_pl_52_marlice.pdf</t>
   </si>
   <si>
     <t>Parecer n °119/2023 ao PL 52/2023- Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/111/parecer_pl_71_-_silvian_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/111/parecer_pl_71_-_silvian_conjunto.pdf</t>
   </si>
   <si>
     <t>Parecer nº 141/2023 - Comissões permanentes de  LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/112/parecer_pl_72_-_edson__conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/112/parecer_pl_72_-_edson__conjunto.pdf</t>
   </si>
   <si>
     <t>Parecer nº 144/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS, OBRAS, SERVIÇOS PÚBLICOS E URBANO E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/113/parecer_pl_73_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/113/parecer_pl_73_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 145/2023 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_pl_69_edson_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_pl_69_edson_-_conjunto.pdf</t>
   </si>
   <si>
     <t>Parecer nº 143/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/115/parecer_pl_67_-_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/115/parecer_pl_67_-_marlice.pdf</t>
   </si>
   <si>
     <t>Parecer nº 140/2023 - Comissão de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_pl_70_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_pl_70_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 142/2023- Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/126/parecer_pl_73_marlice_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/126/parecer_pl_73_marlice_conjunto.pdf</t>
   </si>
   <si>
     <t>Parecer n. 150 - conjunto ao PL 73/2023 - Comissões Permanentes de Finanças, Orçamento e Contas e Educação, Cultura, Saúde, Assistência Social e Causa Animal</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/127/parecer_pl_67_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/127/parecer_pl_67_adilio.pdf</t>
   </si>
   <si>
     <t>Parecer nº 151 - Comissão Permanente de Obras, Serviços Públicos e Urbano.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/128/parecer_pl_74_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/128/parecer_pl_74_edson.pdf</t>
   </si>
   <si>
     <t>Parecer nº 148 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/129/parecer_pl_75_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/129/parecer_pl_75_edson.pdf</t>
   </si>
   <si>
     <t>Parecer n° 146 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/130/parecer_pl_76_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/130/parecer_pl_76_edson.pdf</t>
   </si>
   <si>
     <t>Parecer nº 147 - Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/131/parecer_pl_79_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/131/parecer_pl_79_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer n° 150 - Comissão Permanente de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/141/parecer_pl_80_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/141/parecer_pl_80_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer n. 156/23 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/142/parecer__pl_74_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/142/parecer__pl_74_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer n. 153/2023 - Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/143/parecer_plc_19_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/143/parecer_plc_19_edson.pdf</t>
   </si>
   <si>
     <t>Parecer n. 155/2023 - Comissão Permanente de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/150/parecer_pl_58_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/150/parecer_pl_58_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 169/2023 - COMISSÕES PERMANENTES DE: LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS; OBRAS, SERVIÇOS PÚBLICOS E URBANO, EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL E AGRICULTURA E MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/152/parecer_pl_78_-_ldo_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/152/parecer_pl_78_-_ldo_-_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 164/2023 - Comissão Permanente de Finanças, Orçamento e Contas.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/155/parecer_plc_18_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/155/parecer_plc_18_-_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 161/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/154/parecer_pl_74_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/154/parecer_pl_74_adilson.pdf</t>
   </si>
   <si>
     <t>Parecer n. 163/2023 - COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/156/parecer_pl_75_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/156/parecer_pl_75_adilson.pdf</t>
   </si>
   <si>
     <t>Parecer nº 165/2023 - COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/157/parecer_pl_76_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/157/parecer_pl_76_adilio.pdf</t>
   </si>
   <si>
     <t>Parecer nº 166/2023 - COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/158/parecer_conjunto_emenda_pl_76.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/158/parecer_conjunto_emenda_pl_76.pdf</t>
   </si>
   <si>
     <t>Parecer à emenda modificativa n. 01/2023 ao PL nº 76/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, OBRAS_x000D_
 SERVIÇOS PÚBLICOS E URBANO.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/153/parecer_pl_82_-_edson_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/153/parecer_pl_82_-_edson_-_conjunto.pdf</t>
   </si>
   <si>
     <t>Parecer nº  168/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/165/parecer_pl_58_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/165/parecer_pl_58_mauro.pdf</t>
   </si>
   <si>
     <t>Parecer nº 169/2023 _x000D_
 COMISSÕES PERMANENTES DE: LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS; OBRAS, SERVIÇOS PÚBLICOS E URBANO, EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL E AGRICULTURA E MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_plc_21_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_plc_21_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 170/2023.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/173/parecer_pl_84_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/173/parecer_pl_84_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 171/2023 - COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/176/parecer_pl_86_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/176/parecer_pl_86_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 172/2023 - COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/172/parecer_pl_83_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/172/parecer_pl_83_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 173/2023-  COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/174/parecer_pl_85_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/174/parecer_pl_85_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 174/2023 - COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/177/parecer_pl_87_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/177/parecer_pl_87_marlice.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 175/2023 - COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/179/parecer_pl89-_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/179/parecer_pl89-_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 176/2023.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_pl_88_silvian_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_pl_88_silvian_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 177/2023</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_pl_90_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_pl_90_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER Nº 178/2023.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/182/parecer_plc_21_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/182/parecer_plc_21_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER Nº 179/2023.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_plc_22_-_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_plc_22_-_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 180/2023.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/184/parecer_pl_83_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/184/parecer_pl_83_marlice.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 181/2023.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_pl_84_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_pl_84_marlice.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 182/2023.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_pl_80_jose.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_pl_80_jose.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 183/2023.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/190/parecer_pr_08_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/190/parecer_pr_08_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 Parecer nº 184/2023.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/191/parecer_plc_22_marlice_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/191/parecer_plc_22_marlice_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE, ASSITÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 185/2023.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_pl_89_-_marlice_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_pl_89_-_marlice_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE, ASSITÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 186/2023.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_plc_19_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_plc_19_adilson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 187/2023.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/197/parecer_pl_91_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/197/parecer_pl_91_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 188/2023.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/203/parecer_pl_94_-_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/203/parecer_pl_94_-_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE: LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 _x000D_
 _x000D_
 PARECER Nº 189/2023</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/204/parecer_pl_93.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/204/parecer_pl_93.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER Nº 191/2023</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/213/parecer_plc_23_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/213/parecer_plc_23_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 192/2023.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/214/parecer_pl_98__-_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/214/parecer_pl_98__-_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANCAS,ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 193/2023</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/215/parecer_pl_96_-_mauro_-_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/215/parecer_pl_96_-_mauro_-_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 194/2023</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/216/parecer_plc_24_-_silvian_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/216/parecer_plc_24_-_silvian_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 195/2023</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/217/parecer_pl_97_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/217/parecer_pl_97_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER Nº 196/2023</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/218/parecer_pl_99_-_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/218/parecer_pl_99_-_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 1972023</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/233/parecer_pl_100_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/233/parecer_pl_100_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 203/2023.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/234/parecer_pl_102_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/234/parecer_pl_102_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 204/2023.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/235/parecer_plc_26_-_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/235/parecer_plc_26_-_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 205/2023</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/236/parecer_pl_105_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/236/parecer_pl_105_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 206/2023.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/237/parecer_pl_104_-_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/237/parecer_pl_104_-_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS, OBRAS, SERVIÇOS PÚBLICOS E URBANO E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 207/2023.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/238/parecer_pl_103_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/238/parecer_pl_103_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 208/2023</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/239/parecer_plc_23_-_jose.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/239/parecer_plc_23_-_jose.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 209/2023</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/240/parecer_plc_25_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/240/parecer_plc_25_adilson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 210/2023.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/243/parecer_plc_27_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/243/parecer_plc_27_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 211/2023</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/244/parecer_plc_26_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/244/parecer_plc_26_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 212/2023</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/245/parecer_pl_107_-_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/245/parecer_pl_107_-_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS, OBRAS, SERVIÇOS PÚBLICOS E URBANO_x000D_
 PARECER Nº 213/2023.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/246/parecer_pl_102_-_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/246/parecer_pl_102_-_marlice.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E AGRICULTURA E MEIO AMBIENTE._x000D_
 PARECER Nº 214/2023</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/247/parecer_pl_106_-_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/247/parecer_pl_106_-_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E AGRICULTURA E MEIO AMBIENTE._x000D_
 PARECER Nº 215/2023.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/248/parecer_pl_100_-_silvian_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/248/parecer_pl_100_-_silvian_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 216/2023</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/249/parecer_plc_28_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/249/parecer_plc_28_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 217/2023.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/251/parece_plc_26_-_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/251/parece_plc_26_-_marlice.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 _x000D_
 PARECER Nº 218/2023</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/252/parecer_plc_29_edson_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/252/parecer_plc_29_edson_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES  DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO,  FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 _x000D_
 _x000D_
 PARECER Nº 219/2023</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/257/parecer_pl_109_-_edson_con_junto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/257/parecer_pl_109_-_edson_con_junto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE, ASSISTÊNCIA SOCIAL E CAUSA ANIMAL._x000D_
 PARECER Nº 220/2023.</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
     <t>CR217 - Comissão Especial da Segurança nas Escolas, Mauro Cesar Michelon, Adilson Sperança, Edson Ferrari, José Deon, Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/1/relatorio_final.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/1/relatorio_final.pdf</t>
   </si>
   <si>
     <t>[Relatório final da Comissão de Assuntos Relevantes, criada por meio da Resolução n. 217, de 10 de abril de 2023, com o objetivo de realizar visitas in loco, avaliar, propor soluções, realizar audiências e demais ações necessárias no que tange a segurança das escolas públicas municipais.]</t>
   </si>
   <si>
     <t>CR214 - Comissão Especial do Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/26/relatorio_final.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/26/relatorio_final.pdf</t>
   </si>
   <si>
     <t>Relatório Final da Comissão de Assuntos Relevantes, criada pela Resolução nº 214, de 14 de fevereiro de 2023, com a finalidade de promover estudos e a revisão da Resolução nº 190, de 05 de dezembro de 2017 - Regimento Interno da Casa</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_01.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, Secretário de Desenvolvimento Urbano, sobre a ampliação do Cemitério Municipal Jardim da Saudade.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_02.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, referente a data de entrega da nova Arena Esportiva.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, sobre a edificação do Centro de Reabilitação animal de São Lourenço do Oeste.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, referente a construção da Escola Básica Municipal Santa Maria Goretti, situada no Bairro Progresso.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_05.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, sobre o imóvel que seria destinado à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_06.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Executivo Municipal, Secretário de Desenvolvimento Urbano, referente ao cronograma para retomada dos mutirões comunitários em nossa cidade (Bairros e Distritos), caso já exista, enviar cópia a essa Casa de Leis.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_07.pdf</t>
   </si>
   <si>
     <t>Requerendo do Executivo Municipal, informações sobre a regularização de obras irregulares no município.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_08.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_08.pdf</t>
   </si>
   <si>
     <t>Requerimento de urgência especial ao projeto de lei complementar nº 6/2023, de autoria da Mesa Diretora.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Requerendo do Executivo Municipal e da CELESC - Centrais Elétricas de Santa Catarina, informações sobre a Contribuição para o Custeio do Serviço de Iluminação Pública - COSIP, quando o contribuinte também produz a própria energia.</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação, Cultura, Saúde, Assistência Social e Causa Animal (inativa)</t>
   </si>
   <si>
     <t>Urgência especial ao projeto de lei complementar nº 07/2023, de autoria dos vereadores Edson Ferrari, Marlice Perazoli e José Deon.</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_11.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Urgência especial ao projeto de lei nº 16/2023, de autoria da Bancada do MDB, vereadores Rennã, Edson, Marlice e Mauro.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_12.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Urgência especial ao projeto de lei nº 23/2023, de autoria da Bancada do MDB, vereadores Rennã, Edson, Marlice e Mauro.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Urgência especial ao projeto de lei nº 30/2023, de autoria da Bancada do MDB.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Requerendo do Comando Geral da Polícia Militar do Estado de Santa Catarina, informações acerca de projeto e recursos para a revitalização do Batalhão da Polícia Militar, do município de São Lourenço do Oeste.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre o Projeto de Lei nº 37/2023, o qual “autoriza o Poder Executivo Municipal a custear o transporte de alunos que frequentem instituições de ensino fundamental privadas estabelecidas em São Lourenço do Oeste, em viagens com finalidade educacional, e dá outras providências”,</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre o evento que no ano passado aconteceu entre ao dias 10 a 13 de fevereiro a EFAISLO, a qual teve as seguintes atrações: Paulinho Mocelin, Israel e Rodolfo, Baitaca, Hugo e Guilherme, Planeta Som, Felipe Araújo, Quatro Latinos e Amado Batista, e ainda, que no dia 22_x000D_
 de julho do corrente ano, em comemoração aos 50 anos do FLIC foi anunciado o show nacional com a Banda Roupa Nova, requer que o Executivo informe os valores pagos discriminadamente a cada artista/banda.</t>
   </si>
   <si>
     <t>Adílio Carubin</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Requerendo do Executivo, por meio do Secretário Municipal de Desenvolvimento Urbano, informações inerentes a essa secretaria.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_19_-_vereador_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_19_-_vereador_mauro.pdf</t>
   </si>
   <si>
     <t>Requerer a prorrogação de prazo para exarar parecer acerca do Projeto de Lei nº 58/2023, que institui a revisão do Plano Municipal de Saneamento Básico do Município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Requerimento nº 19, de autoria do vereador Mauro Michelon, requerendo informações referentes as fontes e cisternas construídas no período de 01/01/2021 à 20/08/2023, bem como os nomes dos beneficiados, local e o número de pessoas atendidas.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/95/requerimento_20.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/95/requerimento_20.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer ao Projeto de Lei nº 58/2023, o qual institui a revisão do Plano Municipal de Saneamento Básico do Município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Edson Ferrari, Gilmar de Camargo, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/108/requerimento_-_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/108/requerimento_-_21.pdf</t>
   </si>
   <si>
     <t>Requerendo tramitação de Urgência Especial ao Projeto de Lei nº 68/2023, de autoria do Executivo Municipal, onde “Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organização da sociedade civil Invernadas Artísticas Amizade sem Fronteiras.”</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_-_22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_-_22.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja oficiado o Executivo Municipal para que, por meio da Secretaria Municipal de Saúde, encaminhe à Câmara Municipal, dentro dos prazos legais, as seguintes informações/documentos: Arquivos de imagens das câmeras de monitoramento da Unidade de Pronto Atendimento - UPA deste município, referentes ao dia 30 de julho de 2023, no horário das 16hs até às 18h30.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_-_dentistas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_-_dentistas.pdf</t>
   </si>
   <si>
     <t>Requerendo a quantidade de atendimentos realizados pelos profissionais da Odontologia em cada Unidade de Saúde do município nos últimos 30 dias.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_-_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_-_ferrari.pdf</t>
   </si>
   <si>
     <t>Qual a Lei ou outro ato normativo (Decreto ou portaria) expedida pelo Poder Executivo Municipal que autorizou o Funcionário Público Edson Ferrari a fazer a carga horária de 30 horas semanais - turno de 6 horas e qual o período que ele trabalhará neste regime? Ou é indeterminado? Requer cópia do ato normativo, bem como a justificativa se houver.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_mauro.pdf</t>
   </si>
   <si>
     <t>Considerando que tramita nesta Casa de Leis o Projeto de Lei nº 95/2023, o qual versa sobre autorização de doação de patrulhas mecanizadas às associações de máquinas e de veículo à APAE de São Lourenço do Oeste, e sendo este vereador o relator do Projeto, requer informações especificamente aos bens que serão doados às Associações.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_funcionarios.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_funcionarios.pdf</t>
   </si>
   <si>
     <t>Informações sobre os servidores: Ani Carolini Pereira, Diogo Sutilli, Alexandro Mezomo e Eliane Santana, referente ao horário especial de trabalho realizado pelos mesmos.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/255/urgencia_especial_pl_108.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/255/urgencia_especial_pl_108.pdf</t>
   </si>
   <si>
     <t>Urgência Especial ao Projeto de Lei nº 108/2023, de autoria do Executivo Municipal, que autoriza o Poder Executivo Municipal a realizar a abertura de crédito suplementar por anulação de dotações no orçamento programa de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_001-2023_renna_fedrigo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_001-2023_renna_fedrigo.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal a criação de órgão e/ou departamento na administração municipal para tratar de assuntos relativos ao Turismo.]</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>Jandir Antunes de Oliveira (Jotha Antunes)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_02_-_jotha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_02_-_jotha.pdf</t>
   </si>
   <si>
     <t>Melhorias e ampliação do trevo de acesso ao bairro Cruzeiro nas imediações da UnoPar.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_03_jotha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_03_jotha.pdf</t>
   </si>
   <si>
     <t>Reaproveitamento e relocação das câmeras de vídeo monitoramento do Projeto Bem-Te-Vi que estão sendo substituídas pelas câmeras do Projeto Cercamento Digital.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_2023-4.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_2023-4.pdf</t>
   </si>
   <si>
     <t>[Indica ao Executivo Municipal disponibilizar um vigilante noturno no Terminal Rodoviário do município.]</t>
   </si>
   <si>
     <t>José Deon</t>
   </si>
   <si>
     <t>“Instalação de redutores de velocidade na Travessa Ivo Belleboni no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_06_jotha.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_06_jotha.pdf</t>
   </si>
   <si>
     <t>Instalação de câmeras de monitoramento do Projeto Cercamento Digital nos estacionamentos do Centro de Eventos.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_2023-7.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_2023-7.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal a concessão de isenção de IPTU a aposentados que recebam até dois salários mínimos.]</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>Paulo Roberto de Mello (Paulinho Mello)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_08_paulinho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_08_paulinho.pdf</t>
   </si>
   <si>
     <t>Redutor de velocidade e readequação de placas de sinalização em algumas ruas do Loteamento Jardim Borges, no bairro Santa Catarina.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_09.pdf</t>
   </si>
   <si>
     <t>“Instalação de abrigo para passageiros na rua Aquiles Tomazelli, no Distrito de Presidente Juscelino”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_2023-10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_2023-10.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano que seja refeito o ponto de taxi em frente a antiga Rodoviária do município.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_2023-11.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_2023-11.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal a isenção de IPTU para terrenos baldios.]</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>Fiscalização efetiva e autuação dos proprietários de terrenos baldios referente a limpeza dos mesmos.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_13.pdf</t>
   </si>
   <si>
     <t>“Instalação de uma câmera de monitoramento no Mirante Panorâmico de nossa cidade”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_14.pdf</t>
   </si>
   <si>
     <t>“Fornecimento e colocação de areia em campo comunitário do Loteamento Wolfart”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_15.pdf</t>
   </si>
   <si>
     <t>“Melhorias na pavimentação da rua Abel Rota, entre a travessa Beno Erbes e rua Dom Pedro II, no bairro Cruzeiro”.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_16.pdf</t>
   </si>
   <si>
     <t>“Melhorias na tubulação da rua Motorista Valdir Cavinato, no Loteamento Vale das Hortências, no bairro São Francisco”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_2023-17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_2023-17.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano redutores de velocidade (lombada) nas rua Paulo Libardoni, altura da casa nº 1287 e na rua Lina de Mello Machado, no bairro Santa Catarina.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_18.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_18.pdf</t>
   </si>
   <si>
     <t>“Disponibilização de Vigilante para a Escola Estadual Sóror Angélica, nos turnos diurno e noturno”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_19.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_19.pdf</t>
   </si>
   <si>
     <t>“Rotatória na rua Aldo Lemos esquina com a Pedro Álvares Cabral”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_20.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_20.pdf</t>
   </si>
   <si>
     <t>“Retorno de consultas odontológicas no Distrito de Presidente Juscelino.”</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_21.pdf</t>
   </si>
   <si>
     <t>“Construção de abrigo para passageiros na SC 480, em frente à Universidade UnoChapeco, Escola Básica Municipal São Lourenço e Loteamento Vida Nova”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_22.pdf</t>
   </si>
   <si>
     <t>“Ampliação da pavimentação (paver) no Cemitério Jardim da Saudade”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_2023-23.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_2023-23.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal a mudança no sistema de entrega dos carnes do IPTU.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_24.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_24.pdf</t>
   </si>
   <si>
     <t>“Instalação de redutor de velocidade na Rua Joaquim Borges”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_2023-25.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_2023-25.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal e a Departamento Municipal de Transito Demutran a instalação de faixa para travessia para pedestres em frente ao Posto de Saúde do centro.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_26.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_26.pdf</t>
   </si>
   <si>
     <t>“Melhoria na sinalização das ciclofaixas de São Lourenço do Oeste”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_27.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_27.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na travessa Maria Mendes, entre as ruas Tiradentes e Aderbal Ramos da Silva, no bairro São Francisco”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_28.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_28.pdf</t>
   </si>
   <si>
     <t>“Pavimentação asfáltica na rua Ernesto Beuter, quadra entre Avenida Brasil e rua Gílio Rizzieri.”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_29.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_29.pdf</t>
   </si>
   <si>
     <t>“Roçada e limpeza nas margens da SC 305, trecho entre São Lourenço do Oeste a Campo Erê”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_2023-30.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_2023-30.pdf</t>
   </si>
   <si>
     <t>[Indica ao Prefeito Municipal e à Secretaria Municipal de Desenvolvimento Urbano a instalação de uma tulha na rua Arcemir Gonçalves, esquina com a rua_x000D_
 Joalcides Angheben, no loteamento popular São Francisco.]</t>
   </si>
   <si>
     <t>Gilmar de Camargo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_31.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_31.pdf</t>
   </si>
   <si>
     <t>“Fornecimento de transporte escolar para os alunos do Distrito de São Roque que estudam no Cedup em Campo Erê”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_32.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_32.pdf</t>
   </si>
   <si>
     <t>“Criação de Projeto de Incentivo ao Esporte por meio de renúncia fiscal do ICMS”.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_33.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_33.pdf</t>
   </si>
   <si>
     <t>“Estudo de Viabilidade para Fornecimento ou Custeio do Transporte dos Agentes de Saúde e de Combate às Endemias”.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>[Indica ao Secretário de Agricultura e ao Diretor de Infraestrutura do Distrito de Presidente Juscelino, limpeza e melhorias no acesso à Escola Básica Municipal Nossa Senhora de Lourdes e reforma da cerca da mesma, no Distrito de Presidente Juscelino.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n.35_-_vereador_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n.35_-_vereador_adilio.pdf</t>
   </si>
   <si>
     <t>“Colocação de mais bancos na Unidade Básica de Saúde do bairro Cruzeiro e que seja revisto nas demais unidades a mesma necessidade”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_36_-_renna_-_licenca_por_morte_pessoal_temporario_magisterio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_36_-_renna_-_licenca_por_morte_pessoal_temporario_magisterio.pdf</t>
   </si>
   <si>
     <t>“Concessão de Licença por motivo de falecimento ao pessoal contratado em caráter temporário para atender necessidades de excepcional interesse público no âmbito do magistério público municipal.”</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_renna_-_37.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_renna_-_37.pdf</t>
   </si>
   <si>
     <t>Avaliação da possibilidade de Permissão de Construção em Faixas não Edificáveis de Rodovias e Vias Públicas Municipais, de acordo com as Leis Complementares nº 297/2022 e 332/2023.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao38.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao38.pdf</t>
   </si>
   <si>
     <t>“Melhorias na ponte que dá acesso a comunidade do Distrito de Presidente Juscelino pertencente a SC 305, no município de São Lourenço do Oeste-SC”.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao39.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao39.pdf</t>
   </si>
   <si>
     <t>“Conclusão da pavimentação na rua Rio de Janeiro, bairro Santa Catarina”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_40_-_adilson_-_melhoria_estrada_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_40_-_adilson_-_melhoria_estrada_sao_roque.pdf</t>
   </si>
   <si>
     <t>“Melhoria na estrada que liga a Linha Prata, passando por Linha Ouro até a comunidade de Santana da Bela Vista, no Distrito de São Roque”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_41_-_renna_-_sinalizacao_loteamento_sao_francisco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_41_-_renna_-_sinalizacao_loteamento_sao_francisco.pdf</t>
   </si>
   <si>
     <t>“Melhoria na sinalização do acesso do Loteamento São Francisco”.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_adilio.pdf</t>
   </si>
   <si>
     <t>“Pedido de devolução antecipada de saldo dos duodécimos da Câmara Municipal para aquisição de veículo novo para atender o Conselho Tutelar.”</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_43_-_edson_-_contrtacao_de_medico_urologista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_43_-_edson_-_contrtacao_de_medico_urologista.pdf</t>
   </si>
   <si>
     <t>“Contratação de um Médico Urologista para atender as demandas do município.”</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_44_-_renna_-_pavimentacao_asflatica_na_tv._irma_neusa.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_44_-_renna_-_pavimentacao_asflatica_na_tv._irma_neusa.pdf</t>
   </si>
   <si>
     <t>“Melhoria na Pavimentação da Travessa Irmã Neusa e Rua Prefeito Zeno Germano Etges”.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_45_-_jose_-_ponte_linha_bela_vista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_45_-_jose_-_ponte_linha_bela_vista.pdf</t>
   </si>
   <si>
     <t>“Construção de uma nova ponte na Linha Bela Vista, Distrito de Presidente Juscelino, ao lado do Bela Vista Clube de Campo”.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_seguranca_nas_escolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_seguranca_nas_escolas.pdf</t>
   </si>
   <si>
     <t>“Instituição de Comissão Interna de Prevenção de Acidentes (CIPA) Escolar nas escolas da rede pública municipal”.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/791/mocao_01_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/791/mocao_01_-_mauro.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, direcionado ao Governo Federal e Congresso Nacional, para aumento dos limites anuais de faturamento do Transportador Autônomo de Cargas (MEI Caminhoneiro), instituído pela Lei Complementar nº 188, sancionada pelo Presidente República no dia 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Rennã Higor Fedrigo, Jandir Antunes de Oliveira (Jotha Antunes), Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/792/mocao_02_-_mesa_diretora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/792/mocao_02_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação, direcionada ao Cartório Eleitoral de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Rennã Higor Fedrigo, Jandir Antunes de Oliveira (Jotha Antunes), Marlice Villani Perazoli, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/793/mocao_03_-_mesa_diretora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/793/mocao_03_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação, direcionada ao Instituto Brasileiro de Geografia e Estatística - IBGE de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/794/mocao_04_-_mesa_diretora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/794/mocao_04_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, direcionada ao Governador do Estado de Santa Catarina; ao Secretário de Estado de Infraestrutura e Mobilidade; a Mesa Diretora da Alesc e a Bancada do Oeste.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/795/mocao_05_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/795/mocao_05_-_edson.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo para que sejam observados e efetivamente cumpridos os direitos dos Policiais Civis de Santa Catarina, em especial o contido em seu Estatuto (Lei nº 6.843/86).</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/796/mocao_06_-_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/796/mocao_06_-_renna.pdf</t>
   </si>
   <si>
     <t>Asseguração  que o “Programa Universidade Gratuita” seja disponibilizado por meio de bolsas de estudo a todos os estudantes catarinenses das Instituições de Ensino Superior (IES) do Estado de Santa Catarina”</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/797/mocao_07_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/797/mocao_07_-_mauro.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, direcionada ao Excelentíssimo Senhor Laudelino de Bastos e Silva, Diretor Presidente da Companhia Catarinense de Águas e Saneamento - CASAN.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>Moção de Apelo, direcionada ao Excelentíssimo Senhor Governador do Estado Jorginho Mello para que proceda a nomeação imediata dos 196 aprovados no concurso público da Polícia Científica do Estado de Santa Catarina, para o cargo de Auxiliar Criminalístico.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>Moção de Congratulação para os bailarinos, pais e professores das escolas Inspirar Escola de Dança e Luana Lima Escola de Danças Urbanas pela participação e premiações recebidas na seletiva do  Festival Catarinense de Dança, que aconteceu nos dias 21, 22 e 23 de abril no município de Chapecó.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>Moção de Congratulação para a equipe e atletas da ACEK  - ( Associação Cultural e Esportiva de Karatê), pela participação e desempenho na 13ª COPA  Itá  de Karatê.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/801/mocao_11_-_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/801/mocao_11_-_renna.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a comitiva do Estado do Acre que realiza missão no Estado de Santa Catarina, tendo em seu itinerário passagem por São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>[Propõe Moção de Congratulação ao Major Vilmar Rosa, pelos trabalhos prestados no Comando da 3ª Companhia de Policia Militar de São Lourenço do Oeste.]</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_invernada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_invernada.pdf</t>
   </si>
   <si>
     <t>Moção nº 13 - de Congratulação, de autoria da Bancada do MDB, às Invernadas Artísticas do CTG Amizade Sem Fronteiras, pela participação e premiações conquistadas no XV FENART - Festival Nacional de Arte e Tradição Gaúcha, que aconteceu nos dias 21,22 e 23 de julho de 2023 no município de Irati – PR, onde a entidade foi a representante do Estado de Santa Catarina no festival, pelo fato de ter obtido bom desempenho também na etapa estadual.</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Adílio Carubin, Adilson Sperança, Edson Ferrari, Gilmar de Camargo, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_14.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Conselho Regional de Corretores de Imóveis de Santa Catarina (CRECI/SC), pelos 50 anos da entidade e relevantes serviços prestados ao município de São Lourenço do Oeste e região.</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_marlice_-_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_marlice_-_15.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de São Lourenço do Oeste expressa APELO as autoridades federais no sentido de intervirem junto ao Supremo Tribunal Federal e ao próprio Congresso Nacional para o NÃO ACOLHIMENTO a Arguição de Descumprimento de Preceito Fundamental - ADPF nº 442, apresentada pelo Partido Socialismo e Liberdade (PSOL), que tenta legalizar o aborto em até 12 (doze) semanas de gestação.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/224/mocao_invernada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/224/mocao_invernada.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação aos jovens talentosos Prenda Ana Julia Franz Coelho e Peão Bernardo Carboni Roldão, integrantes das Invernadas Artísticas do CTG Amizade Sem Fronteiras, pela brilhante participação no 19° Concurso Nacional de Prendas e Peões, realizado nos dias 17 e 18 de novembro de 2023, no CTG Aldeia dos Anjos, no município de Gravataí - RS.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_judiciario.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_judiciario.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Presidente do Tribunal de Justiça do Estado de Santa Catarina, Desembargador Altamiro de Oliveira, para que avalie a possibilidade de instalação de 2° Vara na Comarca de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/171/representacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/171/representacao.pdf</t>
   </si>
   <si>
     <t>Representação em face do vereador sr. Adílio Carubin, para apuração de eventual responsabilidade de atos incompatíveis com a Ética e o Decoro Parlamentar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3104,68 +3104,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/770/projleic005_-_mesa_-_revisao_servidores_legislativo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/771/projleic011_-_altera_estrutura_camara.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/18/projleic014017_lei_de_regularizacao_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/109/projleic015018_nova_regulamentacao_servicos_funerarios.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/125/projleic016019_altera_a_lc_118_2010_estatuto_e_lc_56_2005_estrangeiro_readaptacao_licenca_saude_familia_jornada_odontologos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/135/projleic017020_altera_lc_56_2005_e_lc_90_2007_cria_cargo_de_agente_operacional_escolar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/147/projleic018021_concede_insencao_contribuicao_de_melhoria_pavimentacao_asfaltica_2023.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projleic019022_altera_lc_56_2005_cria_cargo_de_agente_operacional_escolar_2_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/201/projleic020023_altera_a_lc_085_2007_icsl_anexo_atribuicoes_do_instrutor_de_artes_cenicas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/202/projleic021024_altera_codigo_tributario_municipal_ctm_zoneamento_distritos_loteamento_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/211/projleic022025_altera_lc_283_2021_estrutura_administrativa_organizacao_sec_mun_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/212/projleic023026_altera_a_lc_90_2007_plano_de_cargos_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/232/projleic024027_altera_lei_1_101_1997_comercio_ambulante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/241/projleic025028_altera_a_lc_118_2010_estatuto_regime_de_plantao_2_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/242/projleic026029_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_bentinho_regularizacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/747/projlc_06_-_cargo_comissao_contador.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/767/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/748/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/733/projeto_n._007_-_renna_-_lei_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/751/projlei_008_-_nome_ruas_loteamento_matilde_-bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/754/projlei011_-_mesa_-_revisa_subsidios.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/757/projlei022_-_renna_-_altera_faixa_nao_edificavel.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/762/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/13/projlei041048_beneficios_eventuais_assistencia_social_revoga_a_lei_2_395_2018_novo_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/15/projlei045052-_altera_a_lei_2_292_2016_politica_conselho_fundo_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/768/projlei054-filia_uvesc.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/769/projlei055_-_denominacao_loteamento_fundacao.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/16/projlei047056_retificacao_desmembramento_afetacao_centro_de_reabilitacao_animal_tac_novo_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/17/projlei_58-2023_assinado_com_anexos_comprimido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/22/projlei050059_-_autoriza_repasse_a_entidade_-_chamamento_publico_02-2023_-_fundo_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/25/projlei052061_autoriza_instituir_programa_protegendo_nascentes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/27/projlei053062_altera_a_lei_2_560_carlos_morbini.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/28/projlei054063_anulacao_de_dotacao_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/29/projlei055064_aquisicao_de_imovel_desenvolvimento_economico_assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/30/projlei056065_anulacao_de_dotacao_camara_para_saude.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/31/projlei057066_anulacao_de_dotacao_urbano_e_fundo_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/51/projlei058067_autoriza_concessao_de_uso_casan_novo_reservatorio_assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/96/projlei059068_-_auxilio_financeiro_invernadas_-_chamamento_publico_-_fundo_municipal_de_cultura_-_icsl.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/101/projlei061070_altera_a_ldo_e_loa_icsl_2_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/105/projlei062071_altera_lei_2_723_2022_loteamento_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/107/projlei064073_23_aniversario_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/110/projlei065074_doacao_de_imovel_derotilde_e_janete_pinto_carater_social_regularizacao_renuncia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/120/projlei075_denomina_plenario_lidio_sutilli.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/121/projlei076_altera_nome_biblioteca_ermindo_lazzarotto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/122/projlei066077_revisao_ppa_2022_2025_lei_2_602_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/123/projlei067078_diretrizes_para_a_lei_orcamentaria_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/124/projlei068079_auxilio_financeiro_associacao_de_moradores_de_linha_alvorada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/132/projlei080_autoriza_doacao_veiculo_a_secretaria_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/134/projlei069081_altera_a_lei_2_788_2023_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/136/projlei070082_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/144/projlei071083_doacao_de_imovel_bela_vista_clube_de_maes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/145/projlei072084_doacao_de_imovel_e_bens_moveis_lageado_raul_matricula_5_133.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/146/projlei073085_auxilio_financeiro_associacao_dos_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/148/projlei074086_anulacao_de_dotacao_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/149/projlei075087_icsl_camara_repasse.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/166/proj_lei088_-_institui_dia_municipal_dto_a_vida.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/169/projlei076089_altera_a_lei_1_779_2008_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/170/projlei077090_anulacao_de_dotacao_urbano.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/187/projlei078091_anulacao_de_dotacao_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/189/projlei079092_lei_orcamentaria_anual_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/196/projlei080093_icsl_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/198/projlei081094_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata_2_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/199/projlei082095_doacao_de_maquinarios_para_associacoes_de_maquinas_e_de_veiculo_apae.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/200/projlei083096_autoriza_cessao_de_uso_com_a_policia_militar_l200_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/206/projlei084097_anulacao_de_dotacao_anulacao_camara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/207/projlei098_-_mesa_e_todos_-_saude_unica_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/210/projlei085099_auxilio_financeiro_para_entidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/219/projlei086100_concessao_e_cessao_associacao_lageado_raul_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/220/projlei087101_autoriza_acordo_judicial_extraordinaria_conxap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/226/projlei088102_autoriza_municipio_custear_despesas_aluguel_associacao_de_apicultores.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/227/projlei089103_anulacao_de_dotacoes_urbano_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/228/projlei090104_cessao_de_uso_estado_samu_usa_terreno_ao_lado_upa_e_academia_de_saude_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/229/projlei091105_ratifica_contrato_cimam_extraordinaria_assinado_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/230/projlei092106_altera_a_lei_2_788_2023_fonte_cheia_isolamento_nascente.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/231/projlei093107_concessao_de_uso_bela_vista_clube_de_maes_nossa_senhora_da_salete.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/250/projlei094108_prefeitura_3_milhoes_anulacao_de_dotacao_2_.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/256/projlei095109_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/775/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/777/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/779/proj-res_04__-_sessao_solene_soror.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/782/proj-res_05__-_comissao_especial_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projres_07_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/140/proj-res_08_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/785/projres_06_prorroga_prazo_comissao_reg_interno.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_01_-_aprova_contas_prefeitura_2021.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/23/pdl_02.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/137/emenda_modificativa_pl_76.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_plc_18.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/178/emenda__ldo_24.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/664/parecer_pcp_tce_-_contas_2022_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/48/parecer_pl_56_-_edson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/71/parecer_plc_17_edson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/49/parecer_pl_56_mauro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/47/parecer_pl_61_mauro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/45/parecer_pl_64_mauro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/72/parecer_plc_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/44/parecer_pl_64_mauro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/50/parecer_pl_56_adilio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/73/parecer_pl_56_marlice.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/74/parecer_pl_64_adilson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/75/parecer_pl_61_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/97/parecer_silvian_substitutivo_conj.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/98/parecer_pl_67_mauro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/99/parecer_plc_17_adilio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/102/parecer_pl-52_mauro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/103/parecer_pl_52_marlice.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/111/parecer_pl_71_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/112/parecer_pl_72_-_edson__conjunto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/113/parecer_pl_73_mauro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_pl_69_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/115/parecer_pl_67_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_pl_70_mauro.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/126/parecer_pl_73_marlice_conjunto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/127/parecer_pl_67_adilio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/128/parecer_pl_74_edson.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/129/parecer_pl_75_edson.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/130/parecer_pl_76_edson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/131/parecer_pl_79_mauro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/141/parecer_pl_80_mauro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/142/parecer__pl_74_mauro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/143/parecer_plc_19_edson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/150/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/152/parecer_pl_78_-_ldo_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/155/parecer_plc_18_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/154/parecer_pl_74_adilson.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/156/parecer_pl_75_adilson.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/157/parecer_pl_76_adilio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/158/parecer_conjunto_emenda_pl_76.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/153/parecer_pl_82_-_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/165/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_plc_21_edson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/173/parecer_pl_84_mauro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/176/parecer_pl_86_mauro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/172/parecer_pl_83_mauro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/174/parecer_pl_85_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/177/parecer_pl_87_marlice.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/179/parecer_pl89-_silvian.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_pl_88_silvian_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_pl_90_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/182/parecer_plc_21_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_plc_22_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/184/parecer_pl_83_marlice.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_pl_84_marlice.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_pl_80_jose.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/190/parecer_pr_08_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/191/parecer_plc_22_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_pl_89_-_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_plc_19_adilson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/197/parecer_pl_91_mauro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/203/parecer_pl_94_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/204/parecer_pl_93.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/213/parecer_plc_23_edson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/214/parecer_pl_98__-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/215/parecer_pl_96_-_mauro_-_conj.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/216/parecer_plc_24_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/217/parecer_pl_97_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/218/parecer_pl_99_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/233/parecer_pl_100_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/234/parecer_pl_102_mauro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/235/parecer_plc_26_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/236/parecer_pl_105_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/237/parecer_pl_104_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/238/parecer_pl_103_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/239/parecer_plc_23_-_jose.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/240/parecer_plc_25_adilson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/243/parecer_plc_27_edson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/244/parecer_plc_26_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/245/parecer_pl_107_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/246/parecer_pl_102_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/247/parecer_pl_106_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/248/parecer_pl_100_-_silvian_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/249/parecer_plc_28_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/251/parece_plc_26_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/252/parecer_plc_29_edson_conjunto.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/257/parecer_pl_109_-_edson_con_junto.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/1/relatorio_final.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/26/relatorio_final.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_19_-_vereador_mauro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/95/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/108/requerimento_-_21.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_-_22.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_-_dentistas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_mauro.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/255/urgencia_especial_pl_108.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_001-2023_renna_fedrigo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_02_-_jotha.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_03_jotha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_2023-4.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_06_jotha.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_2023-7.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_08_paulinho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_2023-10.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_2023-11.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_2023-17.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_2023-23.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_2023-25.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_2023-30.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n.35_-_vereador_adilio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_36_-_renna_-_licenca_por_morte_pessoal_temporario_magisterio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_renna_-_37.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_40_-_adilson_-_melhoria_estrada_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_41_-_renna_-_sinalizacao_loteamento_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_adilio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_43_-_edson_-_contrtacao_de_medico_urologista.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_44_-_renna_-_pavimentacao_asflatica_na_tv._irma_neusa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_45_-_jose_-_ponte_linha_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/791/mocao_01_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/792/mocao_02_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/793/mocao_03_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/794/mocao_04_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/795/mocao_05_-_edson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/796/mocao_06_-_renna.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/797/mocao_07_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/801/mocao_11_-_renna.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_invernada.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_marlice_-_15.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/224/mocao_invernada.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_judiciario.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/171/representacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/770/projleic005_-_mesa_-_revisao_servidores_legislativo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/771/projleic011_-_altera_estrutura_camara.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/18/projleic014017_lei_de_regularizacao_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/109/projleic015018_nova_regulamentacao_servicos_funerarios.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/125/projleic016019_altera_a_lc_118_2010_estatuto_e_lc_56_2005_estrangeiro_readaptacao_licenca_saude_familia_jornada_odontologos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/135/projleic017020_altera_lc_56_2005_e_lc_90_2007_cria_cargo_de_agente_operacional_escolar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/147/projleic018021_concede_insencao_contribuicao_de_melhoria_pavimentacao_asfaltica_2023.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projleic019022_altera_lc_56_2005_cria_cargo_de_agente_operacional_escolar_2_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/201/projleic020023_altera_a_lc_085_2007_icsl_anexo_atribuicoes_do_instrutor_de_artes_cenicas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/202/projleic021024_altera_codigo_tributario_municipal_ctm_zoneamento_distritos_loteamento_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/211/projleic022025_altera_lc_283_2021_estrutura_administrativa_organizacao_sec_mun_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/212/projleic023026_altera_a_lc_90_2007_plano_de_cargos_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/232/projleic024027_altera_lei_1_101_1997_comercio_ambulante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/241/projleic025028_altera_a_lc_118_2010_estatuto_regime_de_plantao_2_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/242/projleic026029_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_bentinho_regularizacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/747/projlc_06_-_cargo_comissao_contador.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/767/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/748/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/733/projeto_n._007_-_renna_-_lei_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/751/projlei_008_-_nome_ruas_loteamento_matilde_-bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/754/projlei011_-_mesa_-_revisa_subsidios.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/757/projlei022_-_renna_-_altera_faixa_nao_edificavel.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/762/projlei026_-_altera_a_lei_2.745-2023_de_doacao_e_baixa_de_bens_-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/13/projlei041048_beneficios_eventuais_assistencia_social_revoga_a_lei_2_395_2018_novo_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/15/projlei045052-_altera_a_lei_2_292_2016_politica_conselho_fundo_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/768/projlei054-filia_uvesc.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/769/projlei055_-_denominacao_loteamento_fundacao.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/16/projlei047056_retificacao_desmembramento_afetacao_centro_de_reabilitacao_animal_tac_novo_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/17/projlei_58-2023_assinado_com_anexos_comprimido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/22/projlei050059_-_autoriza_repasse_a_entidade_-_chamamento_publico_02-2023_-_fundo_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/25/projlei052061_autoriza_instituir_programa_protegendo_nascentes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/27/projlei053062_altera_a_lei_2_560_carlos_morbini.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/28/projlei054063_anulacao_de_dotacao_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/29/projlei055064_aquisicao_de_imovel_desenvolvimento_economico_assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/30/projlei056065_anulacao_de_dotacao_camara_para_saude.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/31/projlei057066_anulacao_de_dotacao_urbano_e_fundo_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/51/projlei058067_autoriza_concessao_de_uso_casan_novo_reservatorio_assinado_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/96/projlei059068_-_auxilio_financeiro_invernadas_-_chamamento_publico_-_fundo_municipal_de_cultura_-_icsl.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/101/projlei061070_altera_a_ldo_e_loa_icsl_2_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/105/projlei062071_altera_lei_2_723_2022_loteamento_dona_matilde.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/107/projlei064073_23_aniversario_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/110/projlei065074_doacao_de_imovel_derotilde_e_janete_pinto_carater_social_regularizacao_renuncia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/120/projlei075_denomina_plenario_lidio_sutilli.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/121/projlei076_altera_nome_biblioteca_ermindo_lazzarotto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/122/projlei066077_revisao_ppa_2022_2025_lei_2_602_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/123/projlei067078_diretrizes_para_a_lei_orcamentaria_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/124/projlei068079_auxilio_financeiro_associacao_de_moradores_de_linha_alvorada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/132/projlei080_autoriza_doacao_veiculo_a_secretaria_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/134/projlei069081_altera_a_lei_2_788_2023_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/136/projlei070082_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/144/projlei071083_doacao_de_imovel_bela_vista_clube_de_maes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/145/projlei072084_doacao_de_imovel_e_bens_moveis_lageado_raul_matricula_5_133.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/146/projlei073085_auxilio_financeiro_associacao_dos_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/148/projlei074086_anulacao_de_dotacao_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/149/projlei075087_icsl_camara_repasse.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/166/proj_lei088_-_institui_dia_municipal_dto_a_vida.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/169/projlei076089_altera_a_lei_1_779_2008_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/170/projlei077090_anulacao_de_dotacao_urbano.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/187/projlei078091_anulacao_de_dotacao_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/189/projlei079092_lei_orcamentaria_anual_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/196/projlei080093_icsl_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/198/projlei081094_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata_2_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/199/projlei082095_doacao_de_maquinarios_para_associacoes_de_maquinas_e_de_veiculo_apae.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/200/projlei083096_autoriza_cessao_de_uso_com_a_policia_militar_l200_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/206/projlei084097_anulacao_de_dotacao_anulacao_camara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/207/projlei098_-_mesa_e_todos_-_saude_unica_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/210/projlei085099_auxilio_financeiro_para_entidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/219/projlei086100_concessao_e_cessao_associacao_lageado_raul_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/220/projlei087101_autoriza_acordo_judicial_extraordinaria_conxap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/226/projlei088102_autoriza_municipio_custear_despesas_aluguel_associacao_de_apicultores.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/227/projlei089103_anulacao_de_dotacoes_urbano_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/228/projlei090104_cessao_de_uso_estado_samu_usa_terreno_ao_lado_upa_e_academia_de_saude_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/229/projlei091105_ratifica_contrato_cimam_extraordinaria_assinado_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/230/projlei092106_altera_a_lei_2_788_2023_fonte_cheia_isolamento_nascente.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/231/projlei093107_concessao_de_uso_bela_vista_clube_de_maes_nossa_senhora_da_salete.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/250/projlei094108_prefeitura_3_milhoes_anulacao_de_dotacao_2_.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/256/projlei095109_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/775/projlei_002_-_mauro_-_nome_contorno_cairu_hack.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/777/projlei_003_-_nomes_de_ruas_loteamento_bancada_mdb.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/779/proj-res_04__-_sessao_solene_soror.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/782/proj-res_05__-_comissao_especial_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projres_07_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/140/proj-res_08_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/785/projres_06_prorroga_prazo_comissao_reg_interno.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_01_-_aprova_contas_prefeitura_2021.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/23/pdl_02.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/137/emenda_modificativa_pl_76.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_plc_18.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/178/emenda__ldo_24.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/664/parecer_pcp_tce_-_contas_2022_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/48/parecer_pl_56_-_edson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/71/parecer_plc_17_edson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/49/parecer_pl_56_mauro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/47/parecer_pl_61_mauro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/45/parecer_pl_64_mauro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/72/parecer_plc_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/44/parecer_pl_64_mauro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/50/parecer_pl_56_adilio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/73/parecer_pl_56_marlice.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/74/parecer_pl_64_adilson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/75/parecer_pl_61_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/97/parecer_silvian_substitutivo_conj.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/98/parecer_pl_67_mauro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/99/parecer_plc_17_adilio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/102/parecer_pl-52_mauro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/103/parecer_pl_52_marlice.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/111/parecer_pl_71_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/112/parecer_pl_72_-_edson__conjunto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/113/parecer_pl_73_mauro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/114/parecer_pl_69_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/115/parecer_pl_67_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/116/parecer_pl_70_mauro.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/126/parecer_pl_73_marlice_conjunto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/127/parecer_pl_67_adilio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/128/parecer_pl_74_edson.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/129/parecer_pl_75_edson.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/130/parecer_pl_76_edson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/131/parecer_pl_79_mauro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/141/parecer_pl_80_mauro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/142/parecer__pl_74_mauro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/143/parecer_plc_19_edson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/150/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/152/parecer_pl_78_-_ldo_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/155/parecer_plc_18_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/154/parecer_pl_74_adilson.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/156/parecer_pl_75_adilson.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/157/parecer_pl_76_adilio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/158/parecer_conjunto_emenda_pl_76.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/153/parecer_pl_82_-_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/165/parecer_pl_58_mauro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_plc_21_edson.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/173/parecer_pl_84_mauro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/176/parecer_pl_86_mauro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/172/parecer_pl_83_mauro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/174/parecer_pl_85_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/177/parecer_pl_87_marlice.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/179/parecer_pl89-_silvian.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_pl_88_silvian_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_pl_90_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/182/parecer_plc_21_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_plc_22_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/184/parecer_pl_83_marlice.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_pl_84_marlice.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_pl_80_jose.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/190/parecer_pr_08_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/191/parecer_plc_22_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_pl_89_-_marlice_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_plc_19_adilson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/197/parecer_pl_91_mauro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/203/parecer_pl_94_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/204/parecer_pl_93.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/213/parecer_plc_23_edson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/214/parecer_pl_98__-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/215/parecer_pl_96_-_mauro_-_conj.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/216/parecer_plc_24_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/217/parecer_pl_97_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/218/parecer_pl_99_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/233/parecer_pl_100_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/234/parecer_pl_102_mauro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/235/parecer_plc_26_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/236/parecer_pl_105_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/237/parecer_pl_104_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/238/parecer_pl_103_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/239/parecer_plc_23_-_jose.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/240/parecer_plc_25_adilson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/243/parecer_plc_27_edson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/244/parecer_plc_26_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/245/parecer_pl_107_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/246/parecer_pl_102_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/247/parecer_pl_106_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/248/parecer_pl_100_-_silvian_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/249/parecer_plc_28_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/251/parece_plc_26_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/252/parecer_plc_29_edson_conjunto.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/257/parecer_pl_109_-_edson_con_junto.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/1/relatorio_final.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/26/relatorio_final.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/32/requerimento_19_-_vereador_mauro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/95/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/108/requerimento_-_21.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_-_22.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_-_dentistas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_mauro.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/255/urgencia_especial_pl_108.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_001-2023_renna_fedrigo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_02_-_jotha.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_03_jotha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_2023-4.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_06_jotha.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_2023-7.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_08_paulinho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_2023-10.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_2023-11.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/55/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/56/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_2023-17.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_2023-23.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_2023-25.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/67/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_2023-30.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/68/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n.35_-_vereador_adilio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_36_-_renna_-_licenca_por_morte_pessoal_temporario_magisterio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_renna_-_37.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_40_-_adilson_-_melhoria_estrada_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_41_-_renna_-_sinalizacao_loteamento_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_adilio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_43_-_edson_-_contrtacao_de_medico_urologista.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_44_-_renna_-_pavimentacao_asflatica_na_tv._irma_neusa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_45_-_jose_-_ponte_linha_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/791/mocao_01_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/792/mocao_02_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/793/mocao_03_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/794/mocao_04_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/795/mocao_05_-_edson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/796/mocao_06_-_renna.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/797/mocao_07_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/801/mocao_11_-_renna.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/33/mocao_invernada.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/94/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/117/mocao_marlice_-_15.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/224/mocao_invernada.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_judiciario.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2023/171/representacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H287"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="171.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="201.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="201" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>