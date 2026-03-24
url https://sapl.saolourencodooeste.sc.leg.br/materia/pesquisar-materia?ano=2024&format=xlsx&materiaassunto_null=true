--- v0 (2025-10-27)
+++ v1 (2026-03-24)
@@ -54,2587 +54,2587 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Agustinho Assis Menegatti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/258/projleic001_revoga_a_lc_305_2022_terreno_praca_pandini.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/258/projleic001_revoga_a_lc_305_2022_terreno_praca_pandini.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar nº 305, de 22 de setembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/259/projleic002_altera_56_2005_cria_vaga_para_analista_administrativo_contabeis_altera_lc_283_2021_ar_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/259/projleic002_altera_56_2005_cria_vaga_para_analista_administrativo_contabeis_altera_lc_283_2021_ar_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005 e a Lei Complementar nº 283, de 20 de dezembro de 2021.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/263/projleic003_altera_codigo_tributario_municipal_ctm_zoneamento_desmembramentos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/263/projleic003_altera_codigo_tributario_municipal_ctm_zoneamento_desmembramentos.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário Municipal, instituído pela Lei nº 298, de 18 de dezembro de 1979.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/274/projleic004_altera_lc_283_2021_ar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/274/projleic004_altera_lc_283_2021_ar.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar nº 283, de 20 de dezembro de 2021".</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/281/projleic005_altera_a_lei_complementar_283_2021_ar_licitacoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/281/projleic005_altera_a_lei_complementar_283_2021_ar_licitacoes.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 283, de 20 de dezembro de 2021.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/284/projleic006_altera_a_lc_56_2005_vencimento_dentistas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/284/projleic006_altera_a_lc_56_2005_vencimento_dentistas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli, Adilson Sperança, José Deon, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/291/projleic007_altera_a_lc_130.11_-_estrutura_da_camara.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/291/projleic007_altera_a_lc_130.11_-_estrutura_da_camara.doc</t>
   </si>
   <si>
     <t>Concede reajuste e altera dispositivos da Lei Complementar nº 130, de 18 de julho de 2011.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/296/projleic007008_recomposicao_de_vencimentos_2024.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/296/projleic007008_recomposicao_de_vencimentos_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza os chefes do Poder Executivo e do Poder Legislativo a conceder recomposição e revisão dos vencimentos dos servidores públicos municipais da administração direta e indireta, ativos, inativos, pensionistas, conselheiros tutelares, e dá outras providências.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/298/projleic008009_altera_a_lc_56_2005_vencimento_artesao_e_lei_2_452_2019_vencimento_conselheiro_tutelar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/298/projleic008009_altera_a_lc_56_2005_vencimento_artesao_e_lei_2_452_2019_vencimento_conselheiro_tutelar.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005, a Lei nº 2.452, de 03 de abril de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/577/projleic009010_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_fundacao_e_loteamento_jardim_italia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/577/projleic009010_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_fundacao_e_loteamento_jardim_italia.pdf</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/674/projleic010011_altera_a_lei_387_1983_codigo_de_posturas_contrapiso_de_concreto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/674/projleic010011_altera_a_lei_387_1983_codigo_de_posturas_contrapiso_de_concreto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei n° 387, de 22 de agosto de 1983, que institui o Código de Posturas no Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/790/projleic011012_altera_lc_56_2005_cria_vaga_para_fisioterapeuta.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/790/projleic011012_altera_lc_56_2005_cria_vaga_para_fisioterapeuta.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/814/projleic012013_altera_56_2005_vagas_de_analista_administrativo_ensino_superior_e_contabeis.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/814/projleic012013_altera_56_2005_vagas_de_analista_administrativo_ensino_superior_e_contabeis.pdf</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/886/projleic013014_altera_lc_283_2021_e_lc_325_2023_dep_meio_ambiente_fundo_cimam.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/886/projleic013014_altera_lc_283_2021_e_lc_325_2023_dep_meio_ambiente_fundo_cimam.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 283, de 20 de dezembro de 2021 e a Lei Complementar nº 325, de 11 de maio de 2023.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/942/projleic014_prorroga_prazo_lei_de_regularizacao_de_edificacoes_lc_332_2023.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/942/projleic014_prorroga_prazo_lei_de_regularizacao_de_edificacoes_lc_332_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 015/2024, que "altera a Lei Complementar nº 332, de 06 de setembro de 2023".</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/950/projleic015_altera_codigo_tributario_municipal_ctm_desmembramento_loteamentos_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/950/projleic015_altera_codigo_tributario_municipal_ctm_desmembramento_loteamentos_2_.pdf</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/960/projleic016017_altera_codigo_tributario_municipal_ctm_correcao_loteamento_bela_vista_na_zona_5.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/960/projleic016017_altera_codigo_tributario_municipal_ctm_correcao_loteamento_bela_vista_na_zona_5.pdf</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/267/projlei001_autoriza_custear_despesas_bolshoi_festival_de_danca.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/267/projlei001_autoriza_custear_despesas_bolshoi_festival_de_danca.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a custear as despesas da equipe do Instituto Escola do Teatro Bolshoi no Brasil, para fins de realização de pré-seleção de alunos durante a programação do Festival de Dança promovido neste Município.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/275/projlei002_auxilio_financeiro_futsal_sao_lourenco_e_associacao_futrebol_clube.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/275/projlei002_auxilio_financeiro_futsal_sao_lourenco_e_associacao_futrebol_clube.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/282/projlei003__denomina_rua.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/282/projlei003__denomina_rua.pdf</t>
   </si>
   <si>
     <t>Atribui denominação à via pública localizada na sede do distrito de Presidente Juscelino.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/283/projlei004_altera_lei_2734.23.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/283/projlei004_altera_lei_2734.23.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.734, de 08 de março de 2023.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/285/projlei003005_recebimento_em_doacao_desdobro_pavimentacao_travessa_adao_janceski_filho_real_incorporadora_e_construtora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/285/projlei003005_recebimento_em_doacao_desdobro_pavimentacao_travessa_adao_janceski_filho_real_incorporadora_e_construtora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento em doação de áreas decorrentes de desdobro, para fins de unificação e alargamento da Travessa Adão Janceski Filho, e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Edson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/286/projlei006-denomina_rua_-ferrari.doc</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/286/projlei006-denomina_rua_-ferrari.doc</t>
   </si>
   <si>
     <t>Atribui denominação à via pública localizada no Bairro Perpétuo Socorro.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/295/projlei004007_recebimento_em_doacao_desmembramento_de_imovel_sabina_belleboni_rua_dr_serafin_bertaso_presidente_juscelino_e_doacao_casan.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/295/projlei004007_recebimento_em_doacao_desmembramento_de_imovel_sabina_belleboni_rua_dr_serafin_bertaso_presidente_juscelino_e_doacao_casan.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a receber em doação bem imóvel de propriedade de Sabina Pagliarini Belleboni, e dá outras providências.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/297/projlei005008_altera_a_lei_2_315_2017_vale_alimentacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/297/projlei005008_altera_a_lei_2_315_2017_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.315, de 27 de março de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/308/projlei006009_altera_lei_1_917_10_incentivos_sec_agricultura.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/308/projlei006009_altera_lei_1_917_10_incentivos_sec_agricultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal 2.345 de 26/09/2017, da Lei Municipal 1.917 de 15/12/2010, da Lei Municipal 2.645 de 20/12/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/311/projlei007010_altera_a_lei_1_559_2005_politica_municipal_de_des_economico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/311/projlei007010_altera_a_lei_1_559_2005_politica_municipal_de_des_economico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.559, de 16 de dezembro de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/578/projlei_011-2024_-_bancada_mdb_-_denomina_ruas_bentinho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/578/projlei_011-2024_-_bancada_mdb_-_denomina_ruas_bentinho.pdf</t>
   </si>
   <si>
     <t>Denomina vias públicas localizadas no Loteamento Bentinho.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/576/projlei008012_altera_a_lei_2_696_2022_regulamenta_servico_de_pulverizacao_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/576/projlei008012_altera_a_lei_2_696_2022_regulamenta_servico_de_pulverizacao_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.696, de 08 de setembro de 2022.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/629/projlei009013_auxilio_financeiro_para_a_rede_feminina.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/629/projlei009013_auxilio_financeiro_para_a_rede_feminina.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para Rede Feminina de Combate ao Câncer de São Lourenço d' Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/651/projlei010014_auxilio_finananceiro_para_entidades_recurso_fia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/651/projlei010014_auxilio_finananceiro_para_entidades_recurso_fia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades, e dá outras providências.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/663/projlei011015_auxilio_financeiro_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/663/projlei011015_auxilio_financeiro_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para a APAE, e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/787/projlei016__food_truks_-_renna_e_mauro_1_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/787/projlei016__food_truks_-_renna_e_mauro_1_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Nº 2.352, de 16 de Novembro de 2017, que dispõe sobre a comercialização de comida e bebidas por veículos denominados "Food Trucks", no município de São Lourenço do Oeste/SC.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/815/projlei012017_moto_bruxo_e_festival_do_rock.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/815/projlei012017_moto_bruxo_e_festival_do_rock.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, administração direta e indireta, a promover o 9º São Lourenço Rock Festival, juntamente com o 12º Moto Bruxo, em parceria com o Moto Grupo Fortaleza dos Bruxos, e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/816/projlei013018_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/816/projlei013018_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a ceder o uso de imóvel para a Secretaria de Estado da Saúde, visando abrigar a estrutura física, logística e equipes da Unidade de Suporte Avançado - USA - do Serviço de Atendimento Móvel de Urgência de Santa Catarina - SAMU 192, e dá outras providências.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/817/projlei014019_projeto_loteamento_sao_francisco_ii.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/817/projlei014019_projeto_loteamento_sao_francisco_ii.pdf</t>
   </si>
   <si>
     <t>Aprova o projeto do Loteamento São Francisco II, com área de 121.609,24 m², e dá outras providências.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/828/projlei015020_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023_reenvio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/828/projlei015020_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023_reenvio.pdf</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/829/projlei016021_autoriza_o_transporte_do_rotary_club_ao_municipio_de_estrela_rs.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/829/projlei016021_autoriza_o_transporte_do_rotary_club_ao_municipio_de_estrela_rs.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a fornecer o transporte de associados do Rotary Club São Lourenço, ao Município de Estrela - RS, para prestação de serviços voluntários de limpeza e reparos da Secretaria Municipal de Educação e suas unidades escolares.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/865/projlei022_-_subsidios_executivo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/865/projlei022_-_subsidios_executivo.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais de São Lourenço do Oeste para o mandato 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/866/projlei023_-_subsidios_vereadores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/866/projlei023_-_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos vereadores do município de São Lourenço do Oeste para a 17ª legislatura, mandato 2025 a 2028, e dá outras providências.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/875/projlei017024_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/875/projlei017024_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organizações da sociedade civil.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/884/projlei018025_autoriza_a_3_oktoberfest_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/884/projlei018025_autoriza_a_3_oktoberfest_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover a 3ª Oktoberfest, em parceria com a ACISLO, CDL e a comunidade de Lageado Antunes no dia 19 de outubro de 2024.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Rennã Higor Fedrigo, Adilson Sperança, José Deon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/888/projlei026_-_renna-adilson_e_jose_-_constituicao_federal1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/888/projlei026_-_renna-adilson_e_jose_-_constituicao_federal1.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da disponibilidade de exemplares da Constituição da República Federativa do Brasil de 1988 nas bibliotecas de todas as unidades escolares da rede municipal de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/905/projlei027_-_declara_entidade_de_utilidade_publica_-_mesa.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/905/projlei027_-_declara_entidade_de_utilidade_publica_-_mesa.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação São Lourenço Futebol Clube.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/906/projlei019028_componentes_do_sistema_de_seguranca_alimentar_e_nutricional_sisan.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/906/projlei019028_componentes_do_sistema_de_seguranca_alimentar_e_nutricional_sisan.pdf</t>
   </si>
   <si>
     <t>Cria os componentes municipais do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, e dá outras providências.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/907/projlei020029_conselho_municipal_de_seguranca_alimentar_e_nutricional_comsea.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/907/projlei020029_conselho_municipal_de_seguranca_alimentar_e_nutricional_comsea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as competências, a composição e o funcionamento do Conselho Municipal de Segurança Alimentar e Nutricional de São Lourenço do Oeste, no âmbito do Sistema Nacional de Segurança Alimentar e Nutricional - SISAN.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/911/projlei021030_dispoe_sobre_a_nova_denominacao_imovel_area_frederico_wastner_praca.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/911/projlei021030_dispoe_sobre_a_nova_denominacao_imovel_area_frederico_wastner_praca.pdf</t>
   </si>
   <si>
     <t>Atribui nova denominação a imóvel integrante do patrimônio municipal, localizado no distrito de Frederico Wastner, neste município, e dá outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/920/projlei022031_projeto_loteamento_bela_vista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/920/projlei022031_projeto_loteamento_bela_vista.pdf</t>
   </si>
   <si>
     <t>Aprova o projeto do Loteamento Bela Vista, com área total de 130.645,67m², e dá outras providências.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/931/projlei023_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/931/projlei023_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do Município para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/933/projlei033_-_denomina_vias_lot_bela_vista.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/933/projlei033_-_denomina_vias_lot_bela_vista.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 033/2024, dos Vereadores Mauro Michelon e Marlice Perazoli - Denomina vias públicas localizadas no Loteamento Bela Vista.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/934/projlei034_-_denomina_vias_lot_sao_francisco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/934/projlei034_-_denomina_vias_lot_sao_francisco.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 034/2024, dos Vereadores Mauro Michelon e Marlice Perazoli - Denomina vias públicas localizadas no Loteamento São Francisco II.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/935/projlei024_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/935/projlei024_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/945/projlei025036_aquisicao_de_imovel_proximo_ebm_santa_maria_goretti.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/945/projlei025036_aquisicao_de_imovel_proximo_ebm_santa_maria_goretti.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a aquisição de bem imóvel de propriedade de Ivo de Lazari e outros, e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/946/projlei026037_altera_a_lei_2_000_2012_denominacao_rua_estrada_moza_pinto..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/946/projlei026037_altera_a_lei_2_000_2012_denominacao_rua_estrada_moza_pinto..pdf</t>
   </si>
   <si>
     <t>Atribui denominação a via pública que identifica, altera a Lei nº 2.000, de 20 de abril de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/948/projlei027038_abertura_de_credito_adicional_anulacao_de_dotacao_2_.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/948/projlei027038_abertura_de_credito_adicional_anulacao_de_dotacao_2_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/951/projlei039_-_mesa_-_doa_livros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/951/projlei039_-_mesa_-_doa_livros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação e a venda do livro “As histórias por trás das denominações dos espaços públicos de São Lourenço do Oeste”, e altera a Lei nº 2.248, de 12 de novembro de 2018.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/952/projlei028040_lei_orcamentaria_anual_loa_2025_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/952/projlei028040_lei_orcamentaria_anual_loa_2025_com_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Lourenço do Oeste para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/958/projlei029041_altera_a_lei_2_373_2017_ensino_integral_e_lei_2_578_2020_projeto_bilingue_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/958/projlei029041_altera_a_lei_2_373_2017_ensino_integral_e_lei_2_578_2020_projeto_bilingue_com_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da vigência do Programa Educação de Tempo Integral e do Ensino Bilíngue no âmbito da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/959/projlei030042_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/959/projlei030042_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover e custear despesas da 5ª edição do Gaiola Cross, em parceria com a entidade Clube Gaiola Clube São Lourenço.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/961/projlei043-_mesa__hinos_e_bandeiras_escolas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/961/projlei043-_mesa__hinos_e_bandeiras_escolas.pdf</t>
   </si>
   <si>
     <t>Oficializa a instituição do Hino e da Bandeira das escolas da Rede Municipal de Ensino do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Contas</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/662/pdl_01_-_aprova_contas_prefeitura_2022.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/662/pdl_01_-_aprova_contas_prefeitura_2022.pdf</t>
   </si>
   <si>
     <t>Aprova o Parecer Prévio nº 265/2023 do Tribunal de Contas do Estado de Santa Catarina, referente ao Processo nº TCE-PCP -23/00157602, relativo às contas do exercício de 2022 do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/678/emenda_modificativa_pl_11_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/678/emenda_modificativa_pl_11_1.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa_x000D_
 Altera as redações dos incisos V, VI e VII do artigo 3º do Projeto de Lei nº 11/2024.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_ao_pl_25_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_ao_pl_25_1.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 002/2024, ao Projeto de Lei nº 25/2024, de autoria do vereador Mauro Cesar Michelon.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/271/parecer_plc_01_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/271/parecer_plc_01_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 001/2024</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/272/parecer_plc_02_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/272/parecer_plc_02_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 002/2024</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/273/parecer_plc_03_edson__-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/273/parecer_plc_03_edson__-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 003/2024</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_pl_02_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_pl_02_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA_x000D_
 SOCIAL._x000D_
 PARECER CONJUNTO Nº 004/2024.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/277/parecer_pl_01_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/277/parecer_pl_01_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, SAÚDE, CULTURA, E ASSISTÊNCIA_x000D_
 SOCIAL._x000D_
 PARECER Nº 005/2024</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/278/parecer_plc_001.24silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/278/parecer_plc_001.24silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER nº 006/2024.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/279/parecer_plc_002.24_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/279/parecer_plc_002.24_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER Nº 007/2024.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/287/parecer_plc_005_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/287/parecer_plc_005_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 008/2024_x000D_
 Ao Projeto de Lei Complementar nº 005/2024_x000D_
  Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/288/parecer__plc_006.23_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/288/parecer__plc_006.23_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 009/2024_x000D_
 Ao Projeto de Lei Complementar nº 006/2024 _x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/289/parecer_pl__004.23_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/289/parecer_pl__004.23_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 010/2024_x000D_
 Ao Projeto de Lei n. 004/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/290/parecer_plc_001-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/290/parecer_plc_001-_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO_x000D_
 PARECER nº 011/2024_x000D_
 Ao Projeto de Lei Complementar nº 001/2024_x000D_
 Relator: vereador Edson Ferrari</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/302/parecer_pl_006_-_mauro_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/302/parecer_pl_006_-_mauro_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 012/2024_x000D_
 Ao Projeto de Lei n. 006/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/303/parecer_plc_06_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/303/parecer_plc_06_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS_x000D_
 PARECER nº 013/2024_x000D_
 Ao Projeto de Lei Complementar nº 006/2024_x000D_
 Relator: Vereador Silvian Hentz</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/304/parecer_plc_007_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/304/parecer_plc_007_-_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 014/2024_x000D_
 Ao Projeto de Lei Complementar nº 007/2024 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_pl_005_-_silvian_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_pl_005_-_silvian_conj.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 015/2024_x000D_
 Ao Projeto de Lei nº 005/2024_x000D_
 Relator: Vereador Silvian Hentz</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/587/parecer_pl_07_-_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/587/parecer_pl_07_-_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 016/2024_x000D_
 Ao Projeto de Lei n. 007/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/588/parecer_pl_009_-_conjunto_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/588/parecer_pl_009_-_conjunto_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E AGRICULTURA, MEIO AMBIENTE E CAUSA ANIMAL._x000D_
 PARECER Nº 017/2024_x000D_
 Ao Projeto de Lei n. 009/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/589/parecer_pl_10_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/589/parecer_pl_10_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 018/2024_x000D_
 Ao Projeto de Lei n. 010/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/659/parecer_pcp_tce_-_contas_2022_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/659/parecer_pcp_tce_-_contas_2022_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTOS E CONTAS._x000D_
 PARECER nº 019/2024_x000D_
 Ao Parecer Prévio PCP 23/00157602 do Tribunal de Contas de Santa Catarina_x000D_
 Assunto: Prestação de Contas do Prefeito referente ao exercício de 2022_x000D_
 Relator: Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/660/parecer_plc_10_-_ferrari_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/660/parecer_plc_10_-_ferrari_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 020/2024_x000D_
 Ao Projeto de Lei Complementar nº 010/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/661/parecer_pl_011_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/661/parecer_pl_011_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 021/2024_x000D_
 Ao Projeto de Lei n. 011/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/675/parecer_pl_13.2024_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/675/parecer_pl_13.2024_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA E ASSISTÊNCIA SOCIAL_x000D_
 PARECER Nº 022/2024._x000D_
 Ao Projeto de Lei nº 013/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/676/parecer_pl_14_-_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/676/parecer_pl_14_-_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 023/2024_x000D_
 Ao Projeto de Lei nº 14/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/781/parecer_conjunto_-_emenda_ao_pl_11_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/781/parecer_conjunto_-_emenda_ao_pl_11_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, OBRAS_x000D_
 SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 024/2023_x000D_
 À emenda modificativa nº 001/2024, ao Projeto de Lei nº 011/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/783/parecer_plc_11_ferrari_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/783/parecer_plc_11_ferrari_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, OBRAS SERVIÇOS PÚBLICOS E URBANO._x000D_
 _x000D_
 PARECER Nº 026 /2024_x000D_
 Ao Projeto de Lei Complementar nº 011/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/784/parecer_pl_15_._mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/784/parecer_pl_15_._mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA_x000D_
 SOCIAL_x000D_
 PARECER Nº 27/2024_x000D_
 Ao Projeto de Lei nº 015/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/802/parecer_plc_12_-_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/802/parecer_plc_12_-_ferrari.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER Nº 028/2024_x000D_
 Ao Projeto de Lei Complementar nº 012/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/803/parecer_pl_16_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/803/parecer_pl_16_silvian.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 029/2024_x000D_
 Ao Projeto de Lei nº 016/2024_x000D_
 Relator: Vereador Silvian Hentz</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/804/parecer_pl_010_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/804/parecer_pl_010_renna.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER nº 030/2024_x000D_
 Ao Projeto de Lei nº 010/2024_x000D_
 Relator: Vereador Rennã Higor Fedrigo</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/821/parecer_pl_10_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/821/parecer_pl_10_-_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO_x000D_
 _x000D_
 PARECER Nº  031/2024_x000D_
 Ao Projeto de Lei nº 10/2024_x000D_
  Relator: vereador Edson Ferrari</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/822/parecer_pl_17_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/822/parecer_pl_17_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 032/2024_x000D_
 Ao Projeto de Lei nº 017/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/823/parecer_pl_16_-_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/823/parecer_pl_16_-_adilio.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 033/2024_x000D_
 Ao Projeto de Lei n. 016/2024_x000D_
 Relator: Vereador Adílio Carubin</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/824/parecer_plc_12_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/824/parecer_plc_12_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 034/2024_x000D_
 Ao Projeto de Lei Complementar nº 012/2024 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/825/parecer_plc_11_ferrari_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/825/parecer_plc_11_ferrari_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 035/2024_x000D_
 Ao Projeto de Lei Complementar nº 011/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/870/parecer_pl_20_-_edson_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/870/parecer_pl_20_-_edson_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS, EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 036/2024_x000D_
 Ao Projeto de Lei nº 20/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/871/parecer_pl_22_mauro_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/871/parecer_pl_22_mauro_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 037/2024_x000D_
 Ao Projeto de Lei nº 022/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/872/parecer_pl_17_-_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/872/parecer_pl_17_-_renna.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER nº 038/2024_x000D_
 Ao Projeto de Lei nº 017/2024_x000D_
 Relator: Vereador Rennã Higor Fedrigo</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/873/parecer_pl_23_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/873/parecer_pl_23_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 039/2024_x000D_
 Ao Projeto de Lei nº 023/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>CLJ - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/877/parecer_pl_19_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/877/parecer_pl_19_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS,_x000D_
 ORÇAMENTO E CONTAS, OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 040/2024_x000D_
 Ao Projeto de Lei nº 019/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação, Cultura, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_pl_17_-_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_pl_17_-_adilson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 41/2024_x000D_
 Ao Projeto de Lei nº 17/2024_x000D_
 Relator: vereador Adilson Sperança</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_plc_12_-_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_plc_12_-_renna.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 42/2024_x000D_
 Ao Projeto de Lei Complementar nº 012/2024 Relator: Vereador Rennã Higor Fedrigo</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/885/parecer_pl_24_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/885/parecer_pl_24_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE  DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 _x000D_
 _x000D_
 PARECER Nº 043/2024_x000D_
 Ao Projeto de Lei nº 024/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_pl_24_-_renna_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_pl_24_-_renna_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER nº 44/2024_x000D_
 Ao Projeto de Lei nº 024/2024_x000D_
 Relator: Vereador Rennã Higor Fedrigo</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_pl_25_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_pl_25_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS,_x000D_
 ORÇAMENTO E CONTAS, E EDUCAÇÃO, CULTURA, SAUDE E ASSISTÊNCIA_x000D_
 SOCIAL._x000D_
 PARECER Nº 45/2024_x000D_
 Ao Projeto de Lei nº 025/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/893/parecer_plc_14_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/893/parecer_plc_14_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 046/2024_x000D_
 Ao Projeto de Lei Complementar nº 014/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/894/parecer_emenda_aditiva_pl_25.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/894/parecer_emenda_aditiva_pl_25.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS,_x000D_
 ORÇAMENTO E CONTAS, E EDUCAÇÃO, CULTURA, SAUDE E ASSISTÊNCIA_x000D_
 SOCIAL._x000D_
 PARECER Nº 47/2024_x000D_
 À emenda aditiva nº002/2024, ao Projeto de Lei n° 25/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/903/parecer_pl_26_-_silvian_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/903/parecer_pl_26_-_silvian_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS, E EDUCAÇÃO, CULTURA, SAUDE E ASSISTÊNCIA_x000D_
 SOCIAL._x000D_
 PARECER Nº 48/2024_x000D_
 Ao Projeto de Lei nº 026/2024_x000D_
 Relator: Vereador Silvian Hentz</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/904/parecer_plc_14_-_silvian_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/904/parecer_plc_14_-_silvian_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE FINANÇAS, ORÇAMENTO E CONTAS, OBRAS, SER-VIÇOS PÚBLICOS E URBANO E AGRICULTURA, MEIO AMBIENTE E CAUSA ANIMAL._x000D_
 PARECER nº014/2024_x000D_
 Ao Projeto de Lei Complementar nº 014/2024_x000D_
 Relator: Vereador Silvian Hentz</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/912/parecer_pl_27_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/912/parecer_pl_27_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER Nº 50/2024_x000D_
 Ao Projeto de Lei nº 027/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/913/parecer_pl_28_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/913/parecer_pl_28_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER Nº 51/2024_x000D_
 Ao Projeto de Lei nº 028/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/914/parecer_pl_29_mauro_-.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/914/parecer_pl_29_mauro_-.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER Nº 52/2024_x000D_
 Ao Projeto de Lei nº 029/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/915/parecer_pl_30_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/915/parecer_pl_30_-_edson.pdf</t>
   </si>
   <si>
     <t>Atribui nova denominação a imóvel integrante do patrimônio municipal, localizado no distrito de Frederico Wastner.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/916/parecer_pl_28_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/916/parecer_pl_28_silvian.pdf</t>
   </si>
   <si>
     <t>Cria os componentes municipais do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, e dá outras providências</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/917/parecer_projl_27_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/917/parecer_projl_27_renna.pdf</t>
   </si>
   <si>
     <t>Declarar de Utilidade Pública a Associação São Lourenço Futebol Clube</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/918/parecer_projl_29_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/918/parecer_projl_29_renna.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Segurança Alimentar e Nutricional (COMSEA) de São Lourenço do Oeste/SC, integrando-o ao Sistema Nacional de Segurança Alimentar e Nutricional (SISAN).</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/927/parecer_pl_31_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/927/parecer_pl_31_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS,_x000D_
 ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO_x000D_
 PARECER Nº 057/2024_x000D_
 Ao Projeto de Lei nº 031/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/925/parecer_pl_30_-_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/925/parecer_pl_30_-_adilio.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 058/2024_x000D_
 Ao Projeto de Lei n. 030/2024_x000D_
 Relator: Vereador Adílio Carubin</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/926/parecer_pl_28_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/926/parecer_pl_28_adilson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 059/2024_x000D_
 Ao Projeto de Lei nº 28/2024_x000D_
 Relator: vereador Adilson Sperança</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/936/parecer_pl_33_edson_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/936/parecer_pl_33_edson_-_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 60/2024_x000D_
 Ao Projeto de Lei nº 33/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/937/parecer_pl_34_edson_-_conjunto_-.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/937/parecer_pl_34_edson_-_conjunto_-.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E OBRAS, SERVIÇOS PÚBLICOS E URBANO._x000D_
 PARECER Nº 61/2024_x000D_
 Ao Projeto de Lei nº 34/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/943/parecer_pl_35_mauro_-_ldo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/943/parecer_pl_35_mauro_-_ldo.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 62/2024_x000D_
 Ao Projeto de Lei nº 035/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_plc_15_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_plc_15_-_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 63/2024_x000D_
 Ao Projeto de Lei Complementar nº 015/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/953/parecer_plc_16_-_silvian_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/953/parecer_plc_16_-_silvian_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER 64 AO PLC 16/2024. (CONJUNTO)</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/954/parecer_plc_15_speranca.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/954/parecer_plc_15_speranca.pdf</t>
   </si>
   <si>
     <t>PARECER 65 AO PLC 15/2024.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/955/parecer_pl_39_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/955/parecer_pl_39_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER 66 AO PL 39/2024 (CONJUNTO).</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/956/parecer_pl_37_-_mauro_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/956/parecer_pl_37_-_mauro_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER 67 AO PL 37/2024 (CONJUNTO).</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/957/parecer_pl_38_-_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/957/parecer_pl_38_-_silvian.pdf</t>
   </si>
   <si>
     <t>PARECER 68/2024 AO PL 38/2024.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/962/parecer_plc_17_-_conjunto_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/962/parecer_plc_17_-_conjunto_edson.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E OBRAS, SERVIÇOS PÚBLICOS E URBANO_x000D_
 PARECER Nº 69/2024_x000D_
 Ao Projeto de Lei Complementar nº 017/2024</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/963/parecer_pl_41__-_edson_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/963/parecer_pl_41__-_edson_conjunto.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, SAÚDE, CULTURA E ASSISTÊNCIA SOCIAL_x000D_
 PARECER Nº 70/2024_x000D_
 Ao Projeto de Lei nº 41/2024_x000D_
 Relator: Vereador Edson Ferrari</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/964/parecer_pl_40_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/964/parecer_pl_40_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E CONTAS._x000D_
 PARECER Nº 71/2024_x000D_
 Ao Projeto de Lei nº 040/2024_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/965/parecer_pl_42_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/965/parecer_pl_42_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 72/2024</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_pl_43_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_pl_43_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO E EDUCAÇÃO, CULTURA, SAÚDE E ASSISTÊNCIA SOCIAL._x000D_
 PARECER Nº 73/2024</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/831/relatorio_plc_01_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/831/relatorio_plc_01_mauro.pdf</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/832/relatorio_plc_02_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/832/relatorio_plc_02_mauro.pdf</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/833/relatorio_pl_01_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/833/relatorio_pl_01_mauro.pdf</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/834/relatorioplc_03_edson__-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/834/relatorioplc_03_edson__-_conjunto.pdf</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/835/relatorio_plc_06_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/835/relatorio_plc_06_mauro.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/836/relatorio_plc_005_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/836/relatorio_plc_005_mauro.pdf</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/837/relatorio_plord_06_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/837/relatorio_plord_06_mauro.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/838/relatorio_pl_005_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/838/relatorio_pl_005_silvian.pdf</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_plc_07_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_plc_07_ferrari.pdf</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/840/relatorio_pl_009__ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/840/relatorio_pl_009__ferrari.pdf</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/841/relatorio_pl_07_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/841/relatorio_pl_07_mauro.pdf</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/842/relatorio_pl_10_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/842/relatorio_pl_10_mauro.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/843/relatorio_plc_010_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/843/relatorio_plc_010_ferrari.pdf</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/844/relatorio_pl_011_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/844/relatorio_pl_011_mauro.pdf</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/845/relatorio_pl_13_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/845/relatorio_pl_13_mauro.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/846/relatorio_pl_14_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/846/relatorio_pl_14_mauro.pdf</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/847/relatorio_emenda_ao_pl_11_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/847/relatorio_emenda_ao_pl_11_mauro.pdf</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/848/relatorio_pl_15_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/848/relatorio_pl_15_mauro.pdf</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/849/relatorio_plc_12_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/849/relatorio_plc_12_ferrari.pdf</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/850/relatorio_pl_16_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/850/relatorio_pl_16_silvian.pdf</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/852/relatorio_plc_11_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/852/relatorio_plc_11_ferrari.pdf</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/853/relatorio_pl_17_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/853/relatorio_pl_17_mauro.pdf</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/854/relatorio_plc_002_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/854/relatorio_plc_002_silvian.pdf</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/855/relatorio_plc_01_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/855/relatorio_plc_01_silvian.pdf</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/856/relatorio_plc_06_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/856/relatorio_plc_06_silvian.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/857/relatorio_pcp_tce_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/857/relatorio_pcp_tce_mauro.pdf</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/858/relatorio_pl_10_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/858/relatorio_pl_10_renna.pdf</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/859/relatorio_plc_12_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/859/relatorio_plc_12_mauro.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/860/parecer_plc_001-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/860/parecer_plc_001-_edson.pdf</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/861/parecer_pl_10_-_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/861/parecer_pl_10_-_edson.pdf</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>Adílio Carubin</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/862/parecer_pl_16_-_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/862/parecer_pl_16_-_adilio.pdf</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/863/relatorio_pl_20_-_edson_conj.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/863/relatorio_pl_20_-_edson_conj.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/867/relatorio_pl_23.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/867/relatorio_pl_23.pdf</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/868/relatorio_pl_17_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/868/relatorio_pl_17_renna.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/869/relatorio_pl_22_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/869/relatorio_pl_22_mauro.pdf</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/876/relatorio_pl_19.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/876/relatorio_pl_19.pdf</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/883/relatorio_pl_24.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/883/relatorio_pl_24.pdf</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/896/relatorio_pl_25.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/896/relatorio_pl_25.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO AO PL 25/2024.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/897/relatorio_pl_26_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/897/relatorio_pl_26_silvian.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO AO PL 26/2024.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/898/relatorio_plc_14_conjunto_silvian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/898/relatorio_plc_14_conjunto_silvian.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO AO PLC 14/2024.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/899/relatorio_plc_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/899/relatorio_plc_14.pdf</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/908/relatoriopl_27_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/908/relatoriopl_27_-_mauro.pdf</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/909/relatorio_pl_28_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/909/relatorio_pl_28_mauro.pdf</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/910/relatorio_pl_29_mauro_-.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/910/relatorio_pl_29_mauro_-.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>Adilson Sperança</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/921/relatorio_pl_28_adilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/921/relatorio_pl_28_adilson.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/922/relatorio_pl_30_-_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/922/relatorio_pl_30_-_adilio.pdf</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/923/relatorio_pl_31_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/923/relatorio_pl_31_mauro.pdf</t>
   </si>
   <si>
     <t>Relatório ao PL 31/2024.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_-_asfalto_sao_roque.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_-_asfalto_sao_roque.pdf</t>
   </si>
   <si>
     <t>Cópia do Contrato com a empresa que está realizando a pavimentação asfáltica no Distrito de São Roque e Presidente Juscelino.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_-_contrato_orbenk.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_-_contrato_orbenk.pdf</t>
   </si>
   <si>
     <t>Cópia do Contrato firmado com a empresa Orbenk.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/265/2024-01-14_-_requerimento_mauro_-_informacoes_plc_001-2024.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/265/2024-01-14_-_requerimento_mauro_-_informacoes_plc_001-2024.pdf</t>
   </si>
   <si>
     <t>Pedido de informações referentes ao Projeto de Lei Complementar nº 001/2024.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_celesc.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_celesc.pdf</t>
   </si>
   <si>
     <t>Pedido de Informações à Concessionária do Serviço Público de Distribuição de Energia Elétrica (CELESC – Centrais Elétricas de Santa Catarina), sobre as medidas que estão sendo adotadas no que diz respeito aos cabos e fios inutilizados, presentes nos postes de São Lourenço do Oeste –SC.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_celesc.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_celesc.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 4/2024 - Pedido de Informação, à Concessionária do Serviço Público de Distribuição de Energia Elétrica (CELESC – Centrais Elétricas de Santa Catarina), sobre as medidas que estão sendo adotadas no que diz respeito aos cabos e fios inutilizados, presentes nos postes de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_-_licenca_adilio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_-_licenca_adilio.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 01 a 31 de março de 2024, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/294/retira_projeto_-_marlice.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/294/retira_projeto_-_marlice.pdf</t>
   </si>
   <si>
     <t>Retirada de projeto de tramitação</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/301/requerimento_anatel.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/301/requerimento_anatel.pdf</t>
   </si>
   <si>
     <t>Pedido de Informações à ANATEL - Agência Nacional de Telecomunicações, sobre a recorrente queda de sinal de operadora no município de São Lourenço do Oeste - SC, bem como solicitar informações sobre a tecnologia 5G.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/307/urgencia_especial_diversos_pls.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/307/urgencia_especial_diversos_pls.pdf</t>
   </si>
   <si>
     <t>Urgência Especial aos projetos de leis relacionados, considerando serem matérias correlatas e cuja fundamentação para celeridade ser a mesma, e ainda, em atenção a solicitação da Administração Municipal: Projetos de Leis Complementares nº 05, 06, 07, 08 e 09/2024 e Projeto de Lei Ordinária nº 08/2024.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/539/requerimento_renna_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/539/requerimento_renna_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de Informações a Prefeitura Municipal de São Lourenço do Oeste sobre a aquisição e compras de combustíveis.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/602/mauro_cesar_michelon_-_requerimento_11_casan_assinado_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/602/mauro_cesar_michelon_-_requerimento_11_casan_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiada a CASAN – Companhia Catarinense de Águas e Saneamento, representada pelo Sr. Diretor Presidente Edson Moritz Martins da Silva, para que preste à Câmara de Vereadores, dentro dos prazos legais, as seguintes informações.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>Adílio Carubin, Adilson Sperança, Edson Ferrari, Gilmar de Camargo, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo, Silvian Requiel Hentz</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/603/2024-04-08_-_urgencia_especial_pl_12.24_fumace_assinado_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/603/2024-04-08_-_urgencia_especial_pl_12.24_fumace_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requerer Tramitação de Urgência Especial ao Projeto de Lei nº 012/2024, de autoria do Executivo Municipal o qual “altera a Lei nº 2.696, de 08 de setembro de 2022”.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/658/requerimento_agentes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/658/requerimento_agentes.pdf</t>
   </si>
   <si>
     <t>Informações sobre normas que regulam o exercício profissional dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/668/requerimento_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/668/requerimento_renna.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para exarar parecer ao Projeto de Lei n˚ 010/2024, que dispõe sobre a alteração da Lei Municipal 1.559, de 16 de dezembro de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/788/requerimento_adilio_-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/788/requerimento_adilio_-assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando informações ao Executivo Municipal, sobre os valores são pagos em consertos de pneus de maquinários do Município.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/789/requerimento_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/789/requerimento_mauro.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 15/2024 - Pedido de informações, de autoria do vereador Mauro Michelon, ao Executivo Municipal, sobre o Projeto de Lei Complementar nº 011/2024, o qual dispõe sobre a alteração da Lei n° 387, de 22 de agosto de 1983, que institui o Código de Posturas no Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_adilson-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_adilson-assinada.pdf</t>
   </si>
   <si>
     <t>Pedido de informações sobre a Lei municipal nº 1.705 de 11 de outubro de 2007, a qual Institui auxílio-alimentação aos servidores municipais da Administração Municipal direta e dá outras providências.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_adilson-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_adilson-assinada.pdf</t>
   </si>
   <si>
     <t>Pedido de informações, sobre a Lei municipal nº 1.705 de 11 de outubro de 2007, a qual institui auxílio-alimentação aos servidores municipais da Administração Municipal direta e inaplicabilidade aos servidores do magistério.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/819/requerimento_adilio_-.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/819/requerimento_adilio_-.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação sobre a distribuição de cisternas.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/820/urg_especial_ao_plc_13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/820/urg_especial_ao_plc_13.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL AO PROJETO DE LEI COMPLEMENTAR N° 13/2024.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Adilson Sperança, José Deon, Marlice Villani Perazoli, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/830/urgencia_especial_pl_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/830/urgencia_especial_pl_21.pdf</t>
   </si>
   <si>
     <t>Urgência Especial ao Projeto de Lei 021/2024, de autoria do Executivo Municipal o qual “Autoriza o chefe do Poder Executivo Municipal a fornecer o transporte de associados do Rotary Club São Lourenço, ao Município de Estrela - RS, para prestação de serviços voluntários de limpeza e reparos da Secretaria Municipal de Educação e suas unidades escolares.”</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_mauro_-_prazo_pl_11.22_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_mauro_-_prazo_pl_11.22_1.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 019/2024, o qual aprova o projeto do Loteamento São Francisco II, com área de 121.609,24 m², e dá outras providências.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/929/requerimento_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/929/requerimento_renna.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE LICENÇA, para o período de 10 de setembro a 10 de outubro, para tratar, sem remuneração, de interesse particular.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/930/2024-09-09_-_mauro_cesar_michelon_-_requerimento_-_dados_emendas_parlamentares.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/930/2024-09-09_-_mauro_cesar_michelon_-_requerimento_-_dados_emendas_parlamentares.pdf</t>
   </si>
   <si>
     <t>Pedido de informação para fins de esclarecimento a toda municipalidade, requeiro que seja apresentado relatório contendo todas as emendas parlamentares recebidas por este munícipio no período de 01/01/2021 à 02/09/2024.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_001_-_renna-_bancos_na_area_central.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_001_-_renna-_bancos_na_area_central.pdf</t>
   </si>
   <si>
     <t>“Instalação de equipamentos públicos do tipo bancos para áreas externas no Centro do Município ”.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>José Deon, Gilmar de Camargo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/264/indicacao_02_-_banheiro_inteligente.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/264/indicacao_02_-_banheiro_inteligente.pdf</t>
   </si>
   <si>
     <t>“Aquisição e instalação de banheiro autolimpante na Praça da Liberdade.”</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_renna.pdf</t>
   </si>
   <si>
     <t>Melhorias na pavimentação do Cemitério Jardim da Saudade.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Adilson Sperança, Gilmar de Camargo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_-_adilson_e_gilmar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_-_adilson_e_gilmar.pdf</t>
   </si>
   <si>
     <t>Conclusão de pavimentação asfáltica na Comunidade de Santana da Bela Vista, no distrito de São Roque.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Daiam Marafon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_05_daian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_05_daian.pdf</t>
   </si>
   <si>
     <t>Criação de um recuo para veículos próximo à entrada da Escola Básica Municipal São Lourenço, no bairro São Francisco.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_06_daian.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_06_daian.pdf</t>
   </si>
   <si>
     <t>Colocação de um ponto de ônibus com abrigo para passageiros no encontro das Ruas Pedro João Manuel Cardoso e Osório Teixeira, no bairro São Francisco.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/306/indicacao_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/306/indicacao_ferrari.pdf</t>
   </si>
   <si>
     <t>Apoio Financeiro para Pavimentação Asfáltica da Travessa Joaquim Fontana, Perímetro Urbano do Município de São Lourenço do Oeste no valor de R$ 200.000,00 (duzentos mil reais).</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_08_daian_-_pedido_deputados_psd.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_08_daian_-_pedido_deputados_psd.pdf</t>
   </si>
   <si>
     <t>Verba parlamentar para custear despesas com viagens, inscrições e federações de Atletas Marciais e Fisiculturistas de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_09_renna_-_iluminacao_sao_francisco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_09_renna_-_iluminacao_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Reparo na Iluminação do Loteamento São Francisco.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_renna_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_renna_assinada.pdf</t>
   </si>
   <si>
     <t>“Ampliação da Infraestrutura de Abrigos de Passageiros localizado às margens da SC 157 com Rodovia Angelo Fantin, entre os municípios de São Lourenço do Oeste/SC e Vitorino/PR”</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/601/indicacao_mauro_-_acesso_loteamento_jardim_italia_via_uno_sao_lourenco_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/601/indicacao_mauro_-_acesso_loteamento_jardim_italia_via_uno_sao_lourenco_assinado.pdf</t>
   </si>
   <si>
     <t>Planejamento para abertura e pavimentação do acesso ao Loteamento Jardim Itália, via Loteamento Vida Nova e Uno São Lourenço.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/667/indicacao_edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/667/indicacao_edson.pdf</t>
   </si>
   <si>
     <t>“Mudança nas vagas de estacionamento na travessa Beno Erbes, em frente o CEIM Monteiro Lobato, bairro Cruzeiro.”</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/672/indicacao13-mauro_cesar_michelon.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/672/indicacao13-mauro_cesar_michelon.pdf</t>
   </si>
   <si>
     <t>Que o prédio “Carmelão”, após a transferência da EBM. Santa Maria Goretti para novo prédio, seja disponibilizado para sede da Secretaria Municipal de Assistência Social e seus órgãos (Creas, Cras, e demais serviços).</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_edson-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_edson-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição de tubulações e pontes da área rural por galerias pluviais.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_renna.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_renna.pdf</t>
   </si>
   <si>
     <t>Implantação de Sinalização no Perímetro Rural do Município.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_17_-edson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_17_-edson.pdf</t>
   </si>
   <si>
     <t>Aquisição de um caminhão pipa para atender as demandas de água potável do município.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>Gilmar de Camargo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/882/indicacao_18_-_gilmar_-_reparos_reservatorio_de_agua.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/882/indicacao_18_-_gilmar_-_reparos_reservatorio_de_agua.pdf</t>
   </si>
   <si>
     <t>Reparos no reservatório de água da Comunidade de Santana da Bela Vista, no Distrito de São Roque.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/887/indicacao_renna_-_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/887/indicacao_renna_-_assinada.pdf</t>
   </si>
   <si>
     <t>“Formalização de Acordo de Cooperação a ser firmado entre o Município e a Secretaria de Estado da Infraestrutura e Mobilidade – SIE, para instalação de mobiliário urbano na Faixa de Domínio – SC 157 com Rodovia Ângelo Fantin.”</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>José Deon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/890/indicacao_20_-_jose_-_mirante_panoramico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/890/indicacao_20_-_jose_-_mirante_panoramico.pdf</t>
   </si>
   <si>
     <t>“Revitalização do Mirante Panorâmico de São Lourenço do Oeste”.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/895/indicacao_marlice_21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/895/indicacao_marlice_21.pdf</t>
   </si>
   <si>
     <t>“Melhorias nas ruas do centro da comunidade de Presidente Juscelino”.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao22_-_renna_-_de_faixa_elevada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao22_-_renna_-_de_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>Melhoria na Infraestrutura da Faixa de Pedestres da SC-157, nas proximidades do Loteamento Livi.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao23_-_renna_-_arena.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao23_-_renna_-_arena.pdf</t>
   </si>
   <si>
     <t>Realização de estudos técnicos visando viabilizar adequações na estrutura da Arena São Lourenço, com o objetivo de expandir sua capacidade de atender modalidades esportivas diversas.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao24-edson-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao24-edson-assinada.pdf</t>
   </si>
   <si>
     <t>Substituir com urgência o bebedouro de água na unidade de saúde do bairro São Francisco.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/928/indicacao_mesa_-_ssp_-_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/928/indicacao_mesa_-_ssp_-_assinada.pdf</t>
   </si>
   <si>
     <t>Aquisição de equipamentos para os órgãos de Segurança Pública com sede em São Lourenço do Oeste - Corpo de Bombeiros Militar, Delegacia de Proteção à Criança, Adolescente,  Mulher e Idoso  - DPCAMI e Núcleo de Operações com Cães.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>Marlice Villani Perazoli, Mesa Diretora - MESA, Adilson Sperança, José Deon, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/932/indicacao_mesa_-_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/932/indicacao_mesa_-_apae.pdf</t>
   </si>
   <si>
     <t>Repasse de auxílio financeiro à APAE de São Lourenço do Oeste, para manutenção de suas atividades.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/938/indicacaoadilson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/938/indicacaoadilson.pdf</t>
   </si>
   <si>
     <t>Destinação de recursos para conclusão de pavimentação asfáltica na Rua Agustinho Stefanello.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>Neiva de Lourdes Gava</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_neiva..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_neiva..pdf</t>
   </si>
   <si>
     <t>Indicação nº 28/2024. Regulamentação do transporte remunerado privado individual de passageiros, com o uso de aplicativos de tecnologia de transporte, ou outras plataformas de comunicação no âmbito municipal.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_mesa_-pm.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_mesa_-pm.pdf</t>
   </si>
   <si>
     <t>Aquisição de veículo para a Rede Catarina de Proteção à Mulher (Polícia Militar de Santa Catarina - PMSC).</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_mesa_-ong.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_mesa_-ong.pdf</t>
   </si>
   <si>
     <t>Repasse de auxílio financeiro à ONG Entre Amigos e Crianças, para manutenção de suas atividades.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_ferrari.pdf</t>
   </si>
   <si>
     <t>Aumento na carga de energia na rede que abastece a área indústria EFAISLO e área industrial São Paulinho</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MDB, Edson Ferrari, Marlice Villani Perazoli, Mauro Cesar Michelon, Rennã Higor Fedrigo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_vacaria.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_vacaria.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao CTG Amizade Sem Fronteiras, em face da brilhante participação no 35° Rodeio Internacional da Vacaria, realizado entre os dias 03 a 11 de fevereiro de 2024, no município de Vacaria, estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_vacaria.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_vacaria.pdf</t>
   </si>
   <si>
     <t>Moção nº 01 - Congratulação, de autoria da bancada do MDB, ao CTG Amizade Sem Fronteiras, em face da brilhante participação no 35° Rodeio Internacional da Vacaria, realizado entre os dias 03 a 11 de fevereiro de 2024, no município de Vacaria, estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/669/mocao_aplausos_-_policia_civil.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/669/mocao_aplausos_-_policia_civil.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso a ser encaminhada a Polícia Civil de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/826/mocao_pesar_silvestre.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/826/mocao_pesar_silvestre.pdf</t>
   </si>
   <si>
     <t>Moção de PESAR aos familiares do Senhor Silvestre Sganzerla, ex-vereador desta Casa de Leis, pelo seu falecimento ocorrido no dia 13 de maio de 2024.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/947/mocao_apelo_speranca.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/947/mocao_apelo_speranca.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, direcionada ao Excelentíssimo Senhor Governador do Estado Jorginho Mello, Secretário de Segurança Pública, Presidente da Assembleia Legislativa e ao Comando-Geral da Polícia Militar de Santa Catarina, para que proceda à prorrogação da validade do concurso regido pelo Edital n° 001/CGPC/2023/CFO, bem como à convocação de todos os candidatos aprovados.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2941,68 +2941,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/258/projleic001_revoga_a_lc_305_2022_terreno_praca_pandini.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/259/projleic002_altera_56_2005_cria_vaga_para_analista_administrativo_contabeis_altera_lc_283_2021_ar_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/263/projleic003_altera_codigo_tributario_municipal_ctm_zoneamento_desmembramentos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/274/projleic004_altera_lc_283_2021_ar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/281/projleic005_altera_a_lei_complementar_283_2021_ar_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/284/projleic006_altera_a_lc_56_2005_vencimento_dentistas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/291/projleic007_altera_a_lc_130.11_-_estrutura_da_camara.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/296/projleic007008_recomposicao_de_vencimentos_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/298/projleic008009_altera_a_lc_56_2005_vencimento_artesao_e_lei_2_452_2019_vencimento_conselheiro_tutelar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/577/projleic009010_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_fundacao_e_loteamento_jardim_italia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/674/projleic010011_altera_a_lei_387_1983_codigo_de_posturas_contrapiso_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/790/projleic011012_altera_lc_56_2005_cria_vaga_para_fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/814/projleic012013_altera_56_2005_vagas_de_analista_administrativo_ensino_superior_e_contabeis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/886/projleic013014_altera_lc_283_2021_e_lc_325_2023_dep_meio_ambiente_fundo_cimam.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/942/projleic014_prorroga_prazo_lei_de_regularizacao_de_edificacoes_lc_332_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/950/projleic015_altera_codigo_tributario_municipal_ctm_desmembramento_loteamentos_2_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/960/projleic016017_altera_codigo_tributario_municipal_ctm_correcao_loteamento_bela_vista_na_zona_5.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/267/projlei001_autoriza_custear_despesas_bolshoi_festival_de_danca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/275/projlei002_auxilio_financeiro_futsal_sao_lourenco_e_associacao_futrebol_clube.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/282/projlei003__denomina_rua.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/283/projlei004_altera_lei_2734.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/285/projlei003005_recebimento_em_doacao_desdobro_pavimentacao_travessa_adao_janceski_filho_real_incorporadora_e_construtora.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/286/projlei006-denomina_rua_-ferrari.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/295/projlei004007_recebimento_em_doacao_desmembramento_de_imovel_sabina_belleboni_rua_dr_serafin_bertaso_presidente_juscelino_e_doacao_casan.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/297/projlei005008_altera_a_lei_2_315_2017_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/308/projlei006009_altera_lei_1_917_10_incentivos_sec_agricultura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/311/projlei007010_altera_a_lei_1_559_2005_politica_municipal_de_des_economico.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/578/projlei_011-2024_-_bancada_mdb_-_denomina_ruas_bentinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/576/projlei008012_altera_a_lei_2_696_2022_regulamenta_servico_de_pulverizacao_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/629/projlei009013_auxilio_financeiro_para_a_rede_feminina.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/651/projlei010014_auxilio_finananceiro_para_entidades_recurso_fia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/663/projlei011015_auxilio_financeiro_apae.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/787/projlei016__food_truks_-_renna_e_mauro_1_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/815/projlei012017_moto_bruxo_e_festival_do_rock.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/816/projlei013018_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/817/projlei014019_projeto_loteamento_sao_francisco_ii.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/828/projlei015020_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023_reenvio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/829/projlei016021_autoriza_o_transporte_do_rotary_club_ao_municipio_de_estrela_rs.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/865/projlei022_-_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/866/projlei023_-_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/875/projlei017024_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/884/projlei018025_autoriza_a_3_oktoberfest_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/888/projlei026_-_renna-adilson_e_jose_-_constituicao_federal1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/905/projlei027_-_declara_entidade_de_utilidade_publica_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/906/projlei019028_componentes_do_sistema_de_seguranca_alimentar_e_nutricional_sisan.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/907/projlei020029_conselho_municipal_de_seguranca_alimentar_e_nutricional_comsea.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/911/projlei021030_dispoe_sobre_a_nova_denominacao_imovel_area_frederico_wastner_praca.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/920/projlei022031_projeto_loteamento_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/931/projlei023_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/933/projlei033_-_denomina_vias_lot_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/934/projlei034_-_denomina_vias_lot_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/935/projlei024_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/945/projlei025036_aquisicao_de_imovel_proximo_ebm_santa_maria_goretti.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/946/projlei026037_altera_a_lei_2_000_2012_denominacao_rua_estrada_moza_pinto..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/948/projlei027038_abertura_de_credito_adicional_anulacao_de_dotacao_2_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/951/projlei039_-_mesa_-_doa_livros.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/952/projlei028040_lei_orcamentaria_anual_loa_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/958/projlei029041_altera_a_lei_2_373_2017_ensino_integral_e_lei_2_578_2020_projeto_bilingue_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/959/projlei030042_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/961/projlei043-_mesa__hinos_e_bandeiras_escolas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/662/pdl_01_-_aprova_contas_prefeitura_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/678/emenda_modificativa_pl_11_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_ao_pl_25_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/271/parecer_plc_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/272/parecer_plc_02_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/273/parecer_plc_03_edson__-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_pl_02_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/277/parecer_pl_01_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/278/parecer_plc_001.24silvian.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/279/parecer_plc_002.24_silvian.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/287/parecer_plc_005_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/288/parecer__plc_006.23_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/289/parecer_pl__004.23_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/290/parecer_plc_001-_edson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/302/parecer_pl_006_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/303/parecer_plc_06_silvian.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/304/parecer_plc_007_-_edson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_pl_005_-_silvian_conj.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/587/parecer_pl_07_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/588/parecer_pl_009_-_conjunto_edson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/589/parecer_pl_10_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/659/parecer_pcp_tce_-_contas_2022_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/660/parecer_plc_10_-_ferrari_conjunto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/661/parecer_pl_011_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/675/parecer_pl_13.2024_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/676/parecer_pl_14_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/781/parecer_conjunto_-_emenda_ao_pl_11_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/783/parecer_plc_11_ferrari_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/784/parecer_pl_15_._mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/802/parecer_plc_12_-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/803/parecer_pl_16_silvian.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/804/parecer_pl_010_renna.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/821/parecer_pl_10_-_edson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/822/parecer_pl_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/823/parecer_pl_16_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/824/parecer_plc_12_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/825/parecer_plc_11_ferrari_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/870/parecer_pl_20_-_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/871/parecer_pl_22_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/872/parecer_pl_17_-_renna.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/873/parecer_pl_23_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/877/parecer_pl_19_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_pl_17_-_adilson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_plc_12_-_renna.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/885/parecer_pl_24_mauro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_pl_24_-_renna_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_pl_25_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/893/parecer_plc_14_mauro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/894/parecer_emenda_aditiva_pl_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/903/parecer_pl_26_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/904/parecer_plc_14_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/912/parecer_pl_27_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/913/parecer_pl_28_mauro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/914/parecer_pl_29_mauro_-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/915/parecer_pl_30_-_edson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/916/parecer_pl_28_silvian.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/917/parecer_projl_27_renna.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/918/parecer_projl_29_renna.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/927/parecer_pl_31_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/925/parecer_pl_30_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/926/parecer_pl_28_adilson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/936/parecer_pl_33_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/937/parecer_pl_34_edson_-_conjunto_-.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/943/parecer_pl_35_mauro_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_plc_15_-_edson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/953/parecer_plc_16_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/954/parecer_plc_15_speranca.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/955/parecer_pl_39_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/956/parecer_pl_37_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/957/parecer_pl_38_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/962/parecer_plc_17_-_conjunto_edson.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/963/parecer_pl_41__-_edson_conjunto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/964/parecer_pl_40_mauro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/965/parecer_pl_42_mauro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_pl_43_mauro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/831/relatorio_plc_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/832/relatorio_plc_02_mauro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/833/relatorio_pl_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/834/relatorioplc_03_edson__-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/835/relatorio_plc_06_mauro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/836/relatorio_plc_005_mauro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/837/relatorio_plord_06_mauro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/838/relatorio_pl_005_silvian.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_plc_07_ferrari.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/840/relatorio_pl_009__ferrari.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/841/relatorio_pl_07_mauro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/842/relatorio_pl_10_mauro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/843/relatorio_plc_010_ferrari.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/844/relatorio_pl_011_mauro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/845/relatorio_pl_13_mauro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/846/relatorio_pl_14_mauro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/847/relatorio_emenda_ao_pl_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/848/relatorio_pl_15_mauro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/849/relatorio_plc_12_ferrari.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/850/relatorio_pl_16_silvian.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/852/relatorio_plc_11_ferrari.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/853/relatorio_pl_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/854/relatorio_plc_002_silvian.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/855/relatorio_plc_01_silvian.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/856/relatorio_plc_06_silvian.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/857/relatorio_pcp_tce_mauro.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/858/relatorio_pl_10_renna.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/859/relatorio_plc_12_mauro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/860/parecer_plc_001-_edson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/861/parecer_pl_10_-_edson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/862/parecer_pl_16_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/863/relatorio_pl_20_-_edson_conj.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/867/relatorio_pl_23.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/868/relatorio_pl_17_renna.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/869/relatorio_pl_22_mauro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/876/relatorio_pl_19.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/883/relatorio_pl_24.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/896/relatorio_pl_25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/897/relatorio_pl_26_silvian.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/898/relatorio_plc_14_conjunto_silvian.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/899/relatorio_plc_14.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/908/relatoriopl_27_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/909/relatorio_pl_28_mauro.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/910/relatorio_pl_29_mauro_-.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/921/relatorio_pl_28_adilson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/922/relatorio_pl_30_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/923/relatorio_pl_31_mauro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_-_asfalto_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_-_contrato_orbenk.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/265/2024-01-14_-_requerimento_mauro_-_informacoes_plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_celesc.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_celesc.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_-_licenca_adilio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/294/retira_projeto_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/301/requerimento_anatel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/307/urgencia_especial_diversos_pls.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/539/requerimento_renna_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/602/mauro_cesar_michelon_-_requerimento_11_casan_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/603/2024-04-08_-_urgencia_especial_pl_12.24_fumace_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/658/requerimento_agentes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/668/requerimento_renna.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/788/requerimento_adilio_-assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/789/requerimento_mauro.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_adilson-assinada.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_adilson-assinada.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/819/requerimento_adilio_-.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/820/urg_especial_ao_plc_13.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/830/urgencia_especial_pl_21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_mauro_-_prazo_pl_11.22_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/929/requerimento_renna.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/930/2024-09-09_-_mauro_cesar_michelon_-_requerimento_-_dados_emendas_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_001_-_renna-_bancos_na_area_central.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/264/indicacao_02_-_banheiro_inteligente.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_renna.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_-_adilson_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_05_daian.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_06_daian.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/306/indicacao_ferrari.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_08_daian_-_pedido_deputados_psd.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_09_renna_-_iluminacao_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_renna_assinada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/601/indicacao_mauro_-_acesso_loteamento_jardim_italia_via_uno_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/667/indicacao_edson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/672/indicacao13-mauro_cesar_michelon.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_edson-assinada.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_renna.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_17_-edson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/882/indicacao_18_-_gilmar_-_reparos_reservatorio_de_agua.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/887/indicacao_renna_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/890/indicacao_20_-_jose_-_mirante_panoramico.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/895/indicacao_marlice_21.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao22_-_renna_-_de_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao23_-_renna_-_arena.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao24-edson-assinada.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/928/indicacao_mesa_-_ssp_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/932/indicacao_mesa_-_apae.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/938/indicacaoadilson.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_neiva..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_mesa_-pm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_mesa_-ong.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_ferrari.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_vacaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_vacaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/669/mocao_aplausos_-_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/826/mocao_pesar_silvestre.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/947/mocao_apelo_speranca.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/258/projleic001_revoga_a_lc_305_2022_terreno_praca_pandini.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/259/projleic002_altera_56_2005_cria_vaga_para_analista_administrativo_contabeis_altera_lc_283_2021_ar_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/263/projleic003_altera_codigo_tributario_municipal_ctm_zoneamento_desmembramentos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/274/projleic004_altera_lc_283_2021_ar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/281/projleic005_altera_a_lei_complementar_283_2021_ar_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/284/projleic006_altera_a_lc_56_2005_vencimento_dentistas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/291/projleic007_altera_a_lc_130.11_-_estrutura_da_camara.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/296/projleic007008_recomposicao_de_vencimentos_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/298/projleic008009_altera_a_lc_56_2005_vencimento_artesao_e_lei_2_452_2019_vencimento_conselheiro_tutelar.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/577/projleic009010_altera_codigo_tributario_municipal_ctm_zoneamento_loteamento_fundacao_e_loteamento_jardim_italia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/674/projleic010011_altera_a_lei_387_1983_codigo_de_posturas_contrapiso_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/790/projleic011012_altera_lc_56_2005_cria_vaga_para_fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/814/projleic012013_altera_56_2005_vagas_de_analista_administrativo_ensino_superior_e_contabeis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/886/projleic013014_altera_lc_283_2021_e_lc_325_2023_dep_meio_ambiente_fundo_cimam.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/942/projleic014_prorroga_prazo_lei_de_regularizacao_de_edificacoes_lc_332_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/950/projleic015_altera_codigo_tributario_municipal_ctm_desmembramento_loteamentos_2_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/960/projleic016017_altera_codigo_tributario_municipal_ctm_correcao_loteamento_bela_vista_na_zona_5.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/267/projlei001_autoriza_custear_despesas_bolshoi_festival_de_danca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/275/projlei002_auxilio_financeiro_futsal_sao_lourenco_e_associacao_futrebol_clube.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/282/projlei003__denomina_rua.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/283/projlei004_altera_lei_2734.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/285/projlei003005_recebimento_em_doacao_desdobro_pavimentacao_travessa_adao_janceski_filho_real_incorporadora_e_construtora.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/286/projlei006-denomina_rua_-ferrari.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/295/projlei004007_recebimento_em_doacao_desmembramento_de_imovel_sabina_belleboni_rua_dr_serafin_bertaso_presidente_juscelino_e_doacao_casan.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/297/projlei005008_altera_a_lei_2_315_2017_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/308/projlei006009_altera_lei_1_917_10_incentivos_sec_agricultura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/311/projlei007010_altera_a_lei_1_559_2005_politica_municipal_de_des_economico.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/578/projlei_011-2024_-_bancada_mdb_-_denomina_ruas_bentinho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/576/projlei008012_altera_a_lei_2_696_2022_regulamenta_servico_de_pulverizacao_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/629/projlei009013_auxilio_financeiro_para_a_rede_feminina.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/651/projlei010014_auxilio_finananceiro_para_entidades_recurso_fia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/663/projlei011015_auxilio_financeiro_apae.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/787/projlei016__food_truks_-_renna_e_mauro_1_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/815/projlei012017_moto_bruxo_e_festival_do_rock.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/816/projlei013018_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/817/projlei014019_projeto_loteamento_sao_francisco_ii.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/828/projlei015020_cessao_de_uso_estado_samu_usa_revoga_lei_2_824_2023_reenvio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/829/projlei016021_autoriza_o_transporte_do_rotary_club_ao_municipio_de_estrela_rs.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/865/projlei022_-_subsidios_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/866/projlei023_-_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/875/projlei017024_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/884/projlei018025_autoriza_a_3_oktoberfest_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/888/projlei026_-_renna-adilson_e_jose_-_constituicao_federal1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/905/projlei027_-_declara_entidade_de_utilidade_publica_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/906/projlei019028_componentes_do_sistema_de_seguranca_alimentar_e_nutricional_sisan.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/907/projlei020029_conselho_municipal_de_seguranca_alimentar_e_nutricional_comsea.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/911/projlei021030_dispoe_sobre_a_nova_denominacao_imovel_area_frederico_wastner_praca.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/920/projlei022031_projeto_loteamento_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/931/projlei023_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/933/projlei033_-_denomina_vias_lot_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/934/projlei034_-_denomina_vias_lot_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/935/projlei024_diretrizes_para_a_lei_orcamentaria_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/945/projlei025036_aquisicao_de_imovel_proximo_ebm_santa_maria_goretti.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/946/projlei026037_altera_a_lei_2_000_2012_denominacao_rua_estrada_moza_pinto..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/948/projlei027038_abertura_de_credito_adicional_anulacao_de_dotacao_2_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/951/projlei039_-_mesa_-_doa_livros.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/952/projlei028040_lei_orcamentaria_anual_loa_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/958/projlei029041_altera_a_lei_2_373_2017_ensino_integral_e_lei_2_578_2020_projeto_bilingue_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/959/projlei030042_autoriza_municipio_a_promover_e_custear_despesas_do_gaiola_cross.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/961/projlei043-_mesa__hinos_e_bandeiras_escolas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/662/pdl_01_-_aprova_contas_prefeitura_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/678/emenda_modificativa_pl_11_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_ao_pl_25_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/271/parecer_plc_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/272/parecer_plc_02_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/273/parecer_plc_03_edson__-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/276/parecer_pl_02_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/277/parecer_pl_01_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/278/parecer_plc_001.24silvian.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/279/parecer_plc_002.24_silvian.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/287/parecer_plc_005_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/288/parecer__plc_006.23_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/289/parecer_pl__004.23_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/290/parecer_plc_001-_edson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/302/parecer_pl_006_-_mauro_conj.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/303/parecer_plc_06_silvian.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/304/parecer_plc_007_-_edson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/305/parecer_pl_005_-_silvian_conj.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/587/parecer_pl_07_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/588/parecer_pl_009_-_conjunto_edson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/589/parecer_pl_10_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/659/parecer_pcp_tce_-_contas_2022_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/660/parecer_plc_10_-_ferrari_conjunto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/661/parecer_pl_011_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/675/parecer_pl_13.2024_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/676/parecer_pl_14_-_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/781/parecer_conjunto_-_emenda_ao_pl_11_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/783/parecer_plc_11_ferrari_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/784/parecer_pl_15_._mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/802/parecer_plc_12_-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/803/parecer_pl_16_silvian.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/804/parecer_pl_010_renna.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/821/parecer_pl_10_-_edson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/822/parecer_pl_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/823/parecer_pl_16_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/824/parecer_plc_12_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/825/parecer_plc_11_ferrari_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/870/parecer_pl_20_-_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/871/parecer_pl_22_mauro_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/872/parecer_pl_17_-_renna.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/873/parecer_pl_23_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/877/parecer_pl_19_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/878/parecer_pl_17_-_adilson.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/879/parecer_plc_12_-_renna.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/885/parecer_pl_24_mauro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/891/parecer_pl_24_-_renna_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/892/parecer_pl_25_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/893/parecer_plc_14_mauro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/894/parecer_emenda_aditiva_pl_25.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/903/parecer_pl_26_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/904/parecer_plc_14_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/912/parecer_pl_27_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/913/parecer_pl_28_mauro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/914/parecer_pl_29_mauro_-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/915/parecer_pl_30_-_edson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/916/parecer_pl_28_silvian.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/917/parecer_projl_27_renna.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/918/parecer_projl_29_renna.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/927/parecer_pl_31_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/925/parecer_pl_30_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/926/parecer_pl_28_adilson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/936/parecer_pl_33_edson_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/937/parecer_pl_34_edson_-_conjunto_-.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/943/parecer_pl_35_mauro_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/944/parecer_plc_15_-_edson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/953/parecer_plc_16_-_silvian_conjunto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/954/parecer_plc_15_speranca.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/955/parecer_pl_39_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/956/parecer_pl_37_-_mauro_conjunto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/957/parecer_pl_38_-_silvian.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/962/parecer_plc_17_-_conjunto_edson.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/963/parecer_pl_41__-_edson_conjunto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/964/parecer_pl_40_mauro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/965/parecer_pl_42_mauro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/966/parecer_pl_43_mauro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/831/relatorio_plc_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/832/relatorio_plc_02_mauro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/833/relatorio_pl_01_mauro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/834/relatorioplc_03_edson__-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/835/relatorio_plc_06_mauro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/836/relatorio_plc_005_mauro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/837/relatorio_plord_06_mauro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/838/relatorio_pl_005_silvian.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_plc_07_ferrari.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/840/relatorio_pl_009__ferrari.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/841/relatorio_pl_07_mauro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/842/relatorio_pl_10_mauro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/843/relatorio_plc_010_ferrari.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/844/relatorio_pl_011_mauro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/845/relatorio_pl_13_mauro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/846/relatorio_pl_14_mauro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/847/relatorio_emenda_ao_pl_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/848/relatorio_pl_15_mauro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/849/relatorio_plc_12_ferrari.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/850/relatorio_pl_16_silvian.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/852/relatorio_plc_11_ferrari.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/853/relatorio_pl_17_mauro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/854/relatorio_plc_002_silvian.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/855/relatorio_plc_01_silvian.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/856/relatorio_plc_06_silvian.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/857/relatorio_pcp_tce_mauro.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/858/relatorio_pl_10_renna.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/859/relatorio_plc_12_mauro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/860/parecer_plc_001-_edson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/861/parecer_pl_10_-_edson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/862/parecer_pl_16_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/863/relatorio_pl_20_-_edson_conj.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/867/relatorio_pl_23.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/868/relatorio_pl_17_renna.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/869/relatorio_pl_22_mauro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/876/relatorio_pl_19.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/883/relatorio_pl_24.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/896/relatorio_pl_25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/897/relatorio_pl_26_silvian.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/898/relatorio_plc_14_conjunto_silvian.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/899/relatorio_plc_14.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/908/relatoriopl_27_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/909/relatorio_pl_28_mauro.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/910/relatorio_pl_29_mauro_-.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/921/relatorio_pl_28_adilson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/922/relatorio_pl_30_-_adilio.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/923/relatorio_pl_31_mauro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_-_asfalto_sao_roque.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_-_contrato_orbenk.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/265/2024-01-14_-_requerimento_mauro_-_informacoes_plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_celesc.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_celesc.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_-_licenca_adilio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/294/retira_projeto_-_marlice.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/301/requerimento_anatel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/307/urgencia_especial_diversos_pls.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/539/requerimento_renna_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/602/mauro_cesar_michelon_-_requerimento_11_casan_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/603/2024-04-08_-_urgencia_especial_pl_12.24_fumace_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/658/requerimento_agentes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/668/requerimento_renna.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/788/requerimento_adilio_-assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/789/requerimento_mauro.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_adilson-assinada.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_adilson-assinada.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/819/requerimento_adilio_-.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/820/urg_especial_ao_plc_13.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/830/urgencia_especial_pl_21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_mauro_-_prazo_pl_11.22_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/929/requerimento_renna.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/930/2024-09-09_-_mauro_cesar_michelon_-_requerimento_-_dados_emendas_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/260/indicacao_001_-_renna-_bancos_na_area_central.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/264/indicacao_02_-_banheiro_inteligente.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/292/indicacao_renna.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/293/indicacao_-_adilson_e_gilmar.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/299/indicacao_05_daian.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/300/indicacao_06_daian.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/306/indicacao_ferrari.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_08_daian_-_pedido_deputados_psd.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_09_renna_-_iluminacao_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_renna_assinada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/601/indicacao_mauro_-_acesso_loteamento_jardim_italia_via_uno_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/667/indicacao_edson.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/672/indicacao13-mauro_cesar_michelon.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/810/indicacao_edson-assinada.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_renna.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/881/indicacao_17_-edson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/882/indicacao_18_-_gilmar_-_reparos_reservatorio_de_agua.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/887/indicacao_renna_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/890/indicacao_20_-_jose_-_mirante_panoramico.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/895/indicacao_marlice_21.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/900/indicacao22_-_renna_-_de_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/901/indicacao23_-_renna_-_arena.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao24-edson-assinada.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/928/indicacao_mesa_-_ssp_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/932/indicacao_mesa_-_apae.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/938/indicacaoadilson.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_neiva..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_mesa_-pm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_mesa_-ong.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_ferrari.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/266/mocao_vacaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/270/mocao_vacaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/669/mocao_aplausos_-_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/826/mocao_pesar_silvestre.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2024/947/mocao_apelo_speranca.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="151.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="221.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="220.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>