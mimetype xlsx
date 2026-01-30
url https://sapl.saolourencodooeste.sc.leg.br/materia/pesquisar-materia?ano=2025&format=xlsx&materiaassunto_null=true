--- v0 (2025-10-31)
+++ v1 (2026-01-30)
@@ -10,124 +10,133 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3495" uniqueCount="1489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3807" uniqueCount="1613">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Altair Borges, Cesar Luiz Piran, Edison Demarchi, Jader Gabriel Ioris, João Carlos Suldowski, Julcemir Bombassaro, Sabino Zilli</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município.</t>
   </si>
   <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 23 da Lei Orgânica do Município.</t>
+  </si>
+  <si>
     <t>974</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Agustinho Assis Menegatti</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski, Sabino Zilli</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de taxas de inscrição em concursos públicos e testes seletivos, e adota outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf</t>
@@ -426,50 +435,107 @@
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005, a Lei Complementar n° 118, de 23 de junho de 2010, e, a Lei Complementar nº 283, de 20 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento e a concessão de patrocínio pelo Poder Executivo para realização de eventos no Município de São Lourenço do Oeste/SC, e dá outras providências.</t>
   </si>
   <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 325, de 11 de maio de 2023.</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf</t>
+  </si>
+  <si>
+    <t>Cria programa de cooperação entre o Município de São Lourenço do Oeste e a ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 367, de 02 de julho de 2025.</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de isenção de contribuição de melhoria aos proprietários, titulares do domínio útil ou possuidores, a qualquer título, dos bens imóveis beneficiados pela realização de pavimentação asfáltica que identifica.</t>
+  </si>
+  <si>
     <t>967</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 001/2025, que autoriza o Poder Executivo Municipal a firmar Convênio com o Estado de Santa Catarina, visando auxilio na manutenção das atividades gerais da Polícia Militar no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 002/2025, que autoriza o Poder Executivo Municipal a firmar Convênio com o Estado de Santa Catarina, visando auxilio na manutenção das atividades gerais da Polícia Civil no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>969</t>
@@ -705,104 +771,89 @@
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Instituto Cultural de São Lourenço do Oeste a receber patrocínio, e dá outras providências.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Atletismo São Lourenço do Oeste - AASLO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear o transporte dos alunos da ONG Entre Amigos e Crianças até o Instituto Cultural para participação nas oficinas e projetos da autarquia.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a Associação São Lourenço Futsal Feminino.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior, e dá outras providências.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso dos termos grátis, gratuito, custo zero e similares quando da divulgação de serviços prestados ao público ou de eventos de livre acesso, promovidos e/ou custeados pelo Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover e custear despesas da 4ª Trilha Jeep Club São Lourenço, em parceria com a Associação Jeep Club São Lourenço.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf</t>
   </si>
   <si>
     <t>1226</t>
@@ -1342,50 +1393,161 @@
     <t>Dispõe sobre desafetação, nova denominação e autoriza a doação de bem imóvel para a ONG Entre Amigos e Crianças.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 2.620, de 26 de agosto de 2021.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Lourenço do Oeste para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Edison Demarchi</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Sociedade Rural do Noroeste de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei nº 1.624 de 22 de novembro de 2006.</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Inclusão Social e Saúde “Abrindo Sorrisos” a ser desenvolvido na Associação de Pais e Amigos dos Excepcionais - APAE.</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre desafetação e autoriza a doação de bem imóvel para a Sociedade Rural do Noroeste de Santa Catarina (SRNSC).</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Municipal de Mobilidade Urbana de São Lourenço do Oeste, Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n° 91/2025 - Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional por anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Vitorino/PR, a pavimentar via de circulação que identifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes com objetivo de analisar e acompanhar a implantação do estacionamento rotativo no município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>CR227 - Comissão Especial do Estacionamento Rotativo</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf</t>
   </si>
@@ -1640,50 +1802,77 @@
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 20/2025 - Aditiva, de autoria do vereador Jader Gabriel Ioris e bancada do PP, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>Cesar Luiz Piran</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 21/2025 - Aditiva, do vereador Cesar Luiz Piran e bancada do PL, ao projeto de lei complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf</t>
   </si>
   <si>
     <t>Emenda nº 22/2025 (Substitutiva) - Ao Projeto de Lei Complementar Nº 20/2025.</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf</t>
+  </si>
+  <si>
+    <t>Emenda n° 023 - Aditiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf</t>
+  </si>
+  <si>
+    <t>Emenda n° 024- Aditiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf</t>
+  </si>
+  <si>
+    <t>Emenda n° 025 - Substitutiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 001/2025_x000D_
 Ao Projeto de Lei nº 001/2025_x000D_
 Relator: Vereador Jader Gabriel Ioris</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf</t>
   </si>
@@ -3117,98 +3306,152 @@
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja oficiado o Executivo Municipal e a Secretaria Municipal de Saúde, para que dentro dos prazos legais, se posicionem sobre as seguintes informações sobre o atendimento a pacientes que fazem uso de medicamentos injetáveis nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei   n. 75/2025, que “Institui a Política Municipal de Atenção às Pessoas Ostomizadas no âmbito do município de São Lourenço do Oeste e dá outras providencias.”</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei   n. 77/2025, que “Dispõe sobre a alteração da Lei Municipal nº 1.807, de 27 de maio de 2009.”</t>
   </si>
   <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf</t>
+  </si>
+  <si>
+    <t>Requerendo a participação de forma remota da 35ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 17ª Legislatura, em 03/11/2025.</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência Especial ao Projeto de Lei n° 86/2025 - Declara de Utilidade Pública a Sociedade Rural do Noroeste de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf</t>
+  </si>
+  <si>
+    <t>Prorrogação de prazo para apresentar relatório ao Projeto de Lei n. 85/2025, que “Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.”</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf</t>
+  </si>
+  <si>
+    <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar n. 32/2025, que “Cria programa de cooperação entre o Município de São Lourenço do Oeste e a ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer o recebimento de declaração de voto ao PROJETO DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO Nº 02, DE 19 DE NOVEMBRO DE 2025, com posterior inclusão/transcrição na ata da sessão, em inteiro teor.</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>PP</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência Especial ao projeto de lei nº 93/2025, que Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
+  </si>
+  <si>
     <t>975</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de veículo tipo Van com no mínimo 17 lugares, adaptado com plataforma elevatória para cadeirantes, para transportar usuários SUS para tratamento fora do domicílio – TFD, cidades do Estado de SC e inclusive a outras cidades de outros estados da federação.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf</t>
   </si>
   <si>
     <t>“Implantação de redutor de velocidade (lombada) na rua Hermes Gabriel Ioris Loteamento Jardim Borges, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf</t>
   </si>
   <si>
     <t>Criação do Plano Municipal de Esportes.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf</t>
   </si>
   <si>
     <t>Melhoramento no acesso à Escola Básica Municipal Nossa Senhora de Lourdes, no Distrito de Presidente Juscelino.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>Edison Demarchi</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf</t>
   </si>
   <si>
     <t>Melhorias no acostamento do Contorno Industrial Cairu Hack, entre as Ruas Justina Bodanese Moretto e Selvino Galeazzi, no Bairro Santa Catarina.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf</t>
   </si>
   <si>
     <t>Instalação de proteção, paredes em vidro ou material correlato, na área de espera da Unidade de Saúde do Bairro Cruzeiro.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf</t>
   </si>
   <si>
     <t>Reajuste do recurso repassado a APAE para o ano de 2025.</t>
   </si>
   <si>
     <t>997</t>
@@ -3897,149 +4140,122 @@
   <si>
     <t>Indicação nº 082/2025, de autoria do vereador Sabino Zilli e bancada do PP, direcionada ao Executivo Municipal e a empresa Kellanova, para: Instalação de chimarródromo e água potável resfriada na Praça da Liberdade.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 083/2025, do vereador Jader Gabriel Ioris e Bancada do PP, direcionada ao Executivo Municipa, para: Estudo de viabilidade para a (re)abertura do Programa de Recuperação Fiscal - REFISLO</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf</t>
   </si>
   <si>
     <t>Nº 84, do vereador Altair Borges e Bancada do PP, direcionada ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano, para: Implantação de ponto de ônibus no final da Rua Ernesto Beuter com o Contorno Viário Armindo Ecker.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>85</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf</t>
   </si>
   <si>
     <t>Indicação nº 85, do vereador Altair Borges e bancada do PP, direcionada ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano e ao Secretário de Assistência Social, para: Estudo para utilização de sobra de áreas públicas no loteamento Vida Nova que não tem metragem para construção de moradia, para implantação de playground ou praça.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>86</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 86, de autoria do vereador Altair Borges e Bancada do PP, direcionada ao Prefeito Municipal aos Secretários de Desenvolvimento Urbano e de Educação, para:  Melhorias e troca de lugar do ponto de ônibus na rua Lauro Muller com a rua Dom Pedro II.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>87</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Elaboração de projeto de custeio das despesas de alunos, professores e orientadores que participem de feiras de ciências fora do Município.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>88</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Troca do pavimento do Ginásio Poliesportivo localizado no Bairro São Francisco.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>89</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade para a criação do “cashback” do IPTU .</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>90</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf</t>
   </si>
   <si>
     <t>Restauração e/ou substituição das placas indicativas das comunidades do interior do município.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>91</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf</t>
   </si>
   <si>
     <t>Conserto de provável rompimento de tubulação pluvial na Rua Irineu Bornhausen, nº 641 – Bairro São Francisco.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>92</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Instalação de Câmeras de Segurança no Transporte Escolar no Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>93</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Substituição da tubulação de escoamento de águas pluviais na Rua das Bananeiras, Loteamento Bentinho.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para estender o benefício do auxílio-transporte universitário aos estudantes residentes na área rural do município.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf</t>
@@ -4110,50 +4326,122 @@
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf</t>
   </si>
   <si>
     <t>Estudos de viabilização para cobertura da quadra esportiva da Escola em Tempo Integral.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Regulamentação e retirada das casinhas para cachorros instaladas nas vias públicas.</t>
   </si>
   <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf</t>
+  </si>
+  <si>
+    <t>Melhoria na Qualidade de Sinal de Telefonia Móvel e Internet Móvel.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade de compensação de área verde e área pública.</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf</t>
+  </si>
+  <si>
+    <t>Coleta de lixo nas comunidades das linhas São João e São Caetano, no Distrito de Frederico Wastner.</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para a descentralização das oficinas do ICSL para escolas do interior.</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para melhoria da estrutura da Feira do Produtor Rural.</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para isenção, remissão e redução na alíquota do Imposto sobre a Transmissão de Bens Imóveis - ITBI.</t>
+  </si>
+  <si>
     <t>1110</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Jader Gabriel Ioris, Altair Borges, Cesar Luiz Piran, Edison Demarchi, Edson Ferrari, João Carlos Suldowski, Julcemir Bombassaro, Mauro Cesar Michelon, Sabino Zilli</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf</t>
   </si>
   <si>
     <t>Apoio à autorização para funcionamento de curso de graduação em medicina no município de São Lourenço do Oeste,  na insituição de ensino Unochapecó - Campus São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>João Carlos Suldowski, Altair Borges, Cesar Luiz Piran, Edison Demarchi, Edson Ferrari, Jader Gabriel Ioris, Julcemir Bombassaro, Mauro Cesar Michelon, Sabino Zilli</t>
   </si>
   <si>
     <t>Moção de Aplausos, a ser encaminhada ao São Lourenço Futebol Clube, em razão da Conquista da Copa Liga Chapecoense, Pré Estadual de futebol 2025.</t>
@@ -4237,50 +4525,68 @@
     <t>1395</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada aos integrantes do Grupo Jovem Vida, em razão do reconhecimento pelas ações desenvolvidas em favor da comunidade lourenciana, especialmente na área social.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada as Professoras Nilza Maria Lazzarotto, Lourdes Helena Galeazzi e Guerta Salete Beck, em razão do reconhecimento pelos serviços prestados no Projeto Espaço Literário.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Projeto de Lei nº 768/2025, em trâmite na Assembleia Legislativa de Santa Catarina, de autoria do Deputado Altair Silva, que “Proíbe a reconstituição de leite em pó de origem importada para venda como leite fluído no Estado de Santa Catarina e estabelece sanções aos infratores”.</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos, a ser encaminhada aos Profissionais da Educação Rosi Mari Brandalize de Miranda, Jackson Smiderle e Claciane Villa, em razão do Reconhecimento pelos serviços prestados no Projeto Aprender a Empreender.</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf</t>
+  </si>
+  <si>
+    <t>Moção de apoio ao Projeto de Decreto Legislativo nº 851/2025, de autoria do Deputado Federal Valdir Cobalchini (MDB-SC), que tem por objetivo suspender os efeitos do Decreto nº 12.686/2025, do Governo Federal, que institui a chamada “Política Nacional de Educação Especial Inclusiva”.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata de Sessão Plenária</t>
   </si>
   <si>
     <t>Secretaria Executiva - SECR</t>
   </si>
   <si>
     <t>Ata da décima primeira (11ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf</t>
   </si>
   <si>
     <t>Ata da décima segunda (12ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
@@ -4500,50 +4806,116 @@
     <t>1412</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf</t>
   </si>
   <si>
     <t>Ata da décima (10ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima segunda (32ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima terceira (33ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>Ata da trigésima quarta (34ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf</t>
+  </si>
+  <si>
+    <t>Ata da trigésima quinta (35ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf</t>
+  </si>
+  <si>
+    <t>Ata da trigésima sexta (36ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf</t>
+  </si>
+  <si>
+    <t>Ata da trigésima sétima (37ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>Ata da trigésima oitava (38ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf</t>
+  </si>
+  <si>
+    <t>Ata da trigésima nona (39ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf</t>
+  </si>
+  <si>
+    <t>Ata da quadragéssima (40ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf</t>
+  </si>
+  <si>
+    <t>Ata da quadragéssima primeira (41ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4847,56 +5219,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H448"/>
+  <dimension ref="A1:H488"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="163.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="210.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4927,11369 +5299,12385 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F16" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="G17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>77</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="G19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D21" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" t="s">
+        <v>22</v>
+      </c>
+      <c r="F22" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" t="s">
+        <v>22</v>
+      </c>
+      <c r="F23" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>102</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>105</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>109</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>113</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" t="s">
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" t="s">
         <v>118</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="G28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D28" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>122</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" t="s">
+        <v>118</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>126</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30" t="s">
+        <v>118</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>21</v>
+      </c>
+      <c r="E31" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>134</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>138</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
+        <v>21</v>
+      </c>
+      <c r="E33" t="s">
+        <v>22</v>
+      </c>
+      <c r="F33" t="s">
+        <v>23</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" t="s">
+        <v>21</v>
+      </c>
+      <c r="E34" t="s">
+        <v>22</v>
+      </c>
+      <c r="F34" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B34" t="s">
-[...14 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>146</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E35" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H35" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>150</v>
       </c>
       <c r="D36" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E36" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H36" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="D37" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E37" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H37" t="s">
-        <v>154</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="D38" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="E38" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E39" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F39" t="s">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H39" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>161</v>
+      </c>
+      <c r="E40" t="s">
         <v>162</v>
       </c>
-      <c r="B40" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="H40" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="D41" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E41" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="D42" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E42" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="D43" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E43" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="H43" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D44" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="H44" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="D45" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E45" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="H45" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="D46" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E47" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H47" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E48" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="D49" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H49" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E50" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H50" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="D51" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E51" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H51" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="D52" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H52" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="D53" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E53" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H53" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="D54" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E54" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H54" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D55" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E55" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H55" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="D56" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E56" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="H56" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D57" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E57" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="H57" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="D58" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E58" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="H58" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="D59" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E59" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="H59" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="D60" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E60" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="H60" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="D61" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E61" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="H61" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="D62" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E62" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F62" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="H62" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>231</v>
+        <v>117</v>
       </c>
       <c r="D63" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E63" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H63" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>235</v>
+        <v>122</v>
       </c>
       <c r="D64" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E64" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H64" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>239</v>
+        <v>126</v>
       </c>
       <c r="D65" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E65" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H65" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>243</v>
+        <v>130</v>
       </c>
       <c r="D66" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E66" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F66" t="s">
+        <v>23</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>246</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>134</v>
+      </c>
+      <c r="D67" t="s">
+        <v>161</v>
+      </c>
+      <c r="E67" t="s">
+        <v>162</v>
+      </c>
+      <c r="F67" t="s">
+        <v>23</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="H67" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>249</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>138</v>
+      </c>
+      <c r="D68" t="s">
+        <v>161</v>
+      </c>
+      <c r="E68" t="s">
+        <v>162</v>
+      </c>
+      <c r="F68" t="s">
+        <v>73</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="H68" t="s">
         <v>251</v>
-      </c>
-[...13 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>252</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>142</v>
+      </c>
+      <c r="D69" t="s">
+        <v>161</v>
+      </c>
+      <c r="E69" t="s">
+        <v>162</v>
+      </c>
+      <c r="F69" t="s">
+        <v>23</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H69" t="s">
         <v>254</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>255</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>146</v>
+      </c>
+      <c r="D70" t="s">
+        <v>161</v>
+      </c>
+      <c r="E70" t="s">
+        <v>162</v>
+      </c>
+      <c r="F70" t="s">
+        <v>23</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H70" t="s">
         <v>257</v>
-      </c>
-[...19 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>262</v>
+        <v>150</v>
       </c>
       <c r="D71" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E71" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="H71" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>266</v>
+        <v>154</v>
       </c>
       <c r="D72" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E72" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="H72" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>270</v>
+        <v>157</v>
       </c>
       <c r="D73" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E73" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H73" t="s">
-        <v>272</v>
+        <v>245</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="D74" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E74" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="H74" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="D75" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E75" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F75" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="H75" t="s">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="D76" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E76" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F76" t="s">
-        <v>283</v>
+        <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="H76" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="D77" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E77" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="H77" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="D78" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E78" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="H78" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D79" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E79" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="H79" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="D80" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E80" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="H80" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="D81" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E81" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
+        <v>262</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="H81" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="D82" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E82" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
+        <v>300</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="D83" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E83" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="H83" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D84" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="H84" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D85" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E85" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="H85" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D86" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E86" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F86" t="s">
-        <v>244</v>
+        <v>27</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="H86" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="D87" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E87" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="H87" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="D88" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E88" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E89" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="H89" t="s">
-        <v>336</v>
+        <v>306</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="D90" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E90" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="H90" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="D91" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E91" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="H91" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="D92" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E92" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
+        <v>262</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="H92" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="D93" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E93" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="H93" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="D94" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E94" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="H94" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="D95" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E95" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="H95" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="D96" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E96" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="H96" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="D97" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E97" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F97" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="H97" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D98" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E98" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="H98" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="D99" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E99" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="H99" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E100" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="D101" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E101" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="H101" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="D102" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E102" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="H102" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="D103" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E103" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="H103" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="D104" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E104" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="H104" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="D105" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E105" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="H105" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="D106" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E106" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="H106" t="s">
-        <v>403</v>
+        <v>306</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="D107" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E107" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F107" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="H107" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="D108" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E108" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="H108" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="D109" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E109" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="H109" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D110" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E110" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="H110" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D111" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E111" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="H111" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="D112" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E112" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="H112" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="D113" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E113" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F113" t="s">
-        <v>115</v>
+        <v>262</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="H113" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="D114" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E114" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="H114" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="D115" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E115" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="H115" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="D116" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="E116" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="H116" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>438</v>
       </c>
       <c r="D117" t="s">
-        <v>445</v>
+        <v>161</v>
       </c>
       <c r="E117" t="s">
-        <v>446</v>
+        <v>162</v>
       </c>
       <c r="F117" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="H117" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
+        <v>442</v>
+      </c>
+      <c r="D118" t="s">
+        <v>161</v>
+      </c>
+      <c r="E118" t="s">
+        <v>162</v>
+      </c>
+      <c r="F118" t="s">
         <v>23</v>
       </c>
-      <c r="D118" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G118" s="1" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="H118" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>446</v>
       </c>
       <c r="D119" t="s">
-        <v>454</v>
+        <v>161</v>
       </c>
       <c r="E119" t="s">
-        <v>455</v>
+        <v>162</v>
       </c>
       <c r="F119" t="s">
-        <v>456</v>
+        <v>118</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="H119" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
+        <v>450</v>
+      </c>
+      <c r="D120" t="s">
+        <v>161</v>
+      </c>
+      <c r="E120" t="s">
+        <v>162</v>
+      </c>
+      <c r="F120" t="s">
         <v>23</v>
       </c>
-      <c r="D120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G120" s="1" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="H120" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>454</v>
       </c>
       <c r="D121" t="s">
-        <v>464</v>
+        <v>161</v>
       </c>
       <c r="E121" t="s">
-        <v>465</v>
+        <v>162</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="H121" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>458</v>
       </c>
       <c r="D122" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E122" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F122" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="H122" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
+        <v>462</v>
+      </c>
+      <c r="D123" t="s">
+        <v>161</v>
+      </c>
+      <c r="E123" t="s">
+        <v>162</v>
+      </c>
+      <c r="F123" t="s">
         <v>23</v>
       </c>
-      <c r="D123" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G123" s="1" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="H123" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>28</v>
+        <v>466</v>
       </c>
       <c r="D124" t="s">
+        <v>161</v>
+      </c>
+      <c r="E124" t="s">
+        <v>162</v>
+      </c>
+      <c r="F124" t="s">
+        <v>467</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H124" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>31</v>
+        <v>471</v>
       </c>
       <c r="D125" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E125" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F125" t="s">
-        <v>480</v>
+        <v>23</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="H125" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>35</v>
+        <v>475</v>
       </c>
       <c r="D126" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E126" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F126" t="s">
-        <v>480</v>
+        <v>23</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="H126" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>39</v>
+        <v>479</v>
       </c>
       <c r="D127" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E127" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F127" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="H127" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>43</v>
+        <v>483</v>
       </c>
       <c r="D128" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E128" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F128" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="H128" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>47</v>
+        <v>487</v>
       </c>
       <c r="D129" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E129" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F129" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="H129" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>51</v>
+        <v>491</v>
       </c>
       <c r="D130" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E130" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F130" t="s">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="H130" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>54</v>
+        <v>495</v>
       </c>
       <c r="D131" t="s">
-        <v>469</v>
+        <v>161</v>
       </c>
       <c r="E131" t="s">
-        <v>470</v>
+        <v>162</v>
       </c>
       <c r="F131" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="H131" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>498</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>499</v>
+      </c>
+      <c r="E132" t="s">
+        <v>500</v>
+      </c>
+      <c r="F132" t="s">
+        <v>27</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B132" t="s">
-[...14 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>503</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" t="s">
+        <v>499</v>
+      </c>
+      <c r="E133" t="s">
+        <v>500</v>
+      </c>
+      <c r="F133" t="s">
         <v>504</v>
-      </c>
-[...13 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>505</v>
       </c>
       <c r="H133" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>507</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>469</v>
+        <v>508</v>
       </c>
       <c r="E134" t="s">
-        <v>470</v>
+        <v>509</v>
       </c>
       <c r="F134" t="s">
-        <v>244</v>
+        <v>510</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H134" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
-        <v>469</v>
+        <v>508</v>
       </c>
       <c r="E135" t="s">
-        <v>470</v>
+        <v>509</v>
       </c>
       <c r="F135" t="s">
-        <v>159</v>
+        <v>514</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="H135" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D136" t="s">
-        <v>469</v>
+        <v>518</v>
       </c>
       <c r="E136" t="s">
-        <v>470</v>
+        <v>519</v>
       </c>
       <c r="F136" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="H136" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="D137" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E137" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F137" t="s">
-        <v>517</v>
+        <v>262</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="H137" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="D138" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E138" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F138" t="s">
-        <v>521</v>
+        <v>181</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="H138" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>530</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>31</v>
+      </c>
+      <c r="D139" t="s">
+        <v>523</v>
+      </c>
+      <c r="E139" t="s">
         <v>524</v>
       </c>
-      <c r="B139" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F139" t="s">
-        <v>525</v>
+        <v>181</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H139" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="D140" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E140" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F140" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H140" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="D141" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E141" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F141" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="H141" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="D142" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E142" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F142" t="s">
-        <v>537</v>
+        <v>82</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="H142" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="D143" t="s">
-        <v>469</v>
+        <v>523</v>
       </c>
       <c r="E143" t="s">
-        <v>470</v>
+        <v>524</v>
       </c>
       <c r="F143" t="s">
-        <v>525</v>
+        <v>262</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="H143" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D144" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E144" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F144" t="s">
+        <v>262</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H144" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="D145" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E145" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F145" t="s">
+        <v>181</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H145" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="D146" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E146" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F146" t="s">
+        <v>262</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H146" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="D147" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E147" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F147" t="s">
+        <v>262</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H147" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="D148" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E148" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F148" t="s">
+        <v>262</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H148" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="D149" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E149" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F149" t="s">
+        <v>262</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H149" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="D150" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E150" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F150" t="s">
+        <v>181</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H150" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="D151" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E151" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F151" t="s">
+        <v>27</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H151" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="D152" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E152" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F152" t="s">
+        <v>571</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H152" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="D153" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E153" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F153" t="s">
+        <v>575</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="H153" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="D154" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E154" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F154" t="s">
+        <v>579</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="H154" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="D155" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E155" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F155" t="s">
+        <v>583</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="H155" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="D156" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E156" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F156" t="s">
+        <v>587</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H156" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="D157" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E157" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F157" t="s">
+        <v>591</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="H157" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="D158" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E158" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F158" t="s">
+        <v>579</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="H158" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="D159" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E159" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F159" t="s">
+        <v>181</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="H159" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="D160" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E160" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F160" t="s">
+        <v>181</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="H160" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="D161" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="E161" t="s">
-        <v>545</v>
+        <v>524</v>
+      </c>
+      <c r="F161" t="s">
+        <v>181</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="H161" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D162" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E162" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="H162" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D163" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E163" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="H163" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="D164" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E164" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="H164" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>617</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>34</v>
+      </c>
+      <c r="D165" t="s">
+        <v>607</v>
+      </c>
+      <c r="E165" t="s">
         <v>608</v>
       </c>
-      <c r="B165" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G165" s="1" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="H165" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="D166" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E166" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="H166" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="D167" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E167" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="H167" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="D168" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E168" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="H168" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>119</v>
+        <v>50</v>
       </c>
       <c r="D169" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E169" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="H169" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="D170" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E170" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="H170" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>127</v>
+        <v>57</v>
       </c>
       <c r="D171" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E171" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="H171" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="D172" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E172" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="H172" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>135</v>
+        <v>65</v>
       </c>
       <c r="D173" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E173" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="H173" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>231</v>
+        <v>69</v>
       </c>
       <c r="D174" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E174" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="H174" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>235</v>
+        <v>72</v>
       </c>
       <c r="D175" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E175" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="H175" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>239</v>
+        <v>77</v>
       </c>
       <c r="D176" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E176" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="H176" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>243</v>
+        <v>81</v>
       </c>
       <c r="D177" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E177" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="H177" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>248</v>
+        <v>86</v>
       </c>
       <c r="D178" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E178" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="H178" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>251</v>
+        <v>90</v>
       </c>
       <c r="D179" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E179" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="H179" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>255</v>
+        <v>94</v>
       </c>
       <c r="D180" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E180" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="H180" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="D181" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E181" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="H181" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>262</v>
+        <v>102</v>
       </c>
       <c r="D182" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E182" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="H182" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>266</v>
+        <v>105</v>
       </c>
       <c r="D183" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E183" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="H183" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>270</v>
+        <v>109</v>
       </c>
       <c r="D184" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E184" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="H184" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>274</v>
+        <v>113</v>
       </c>
       <c r="D185" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E185" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="H185" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>278</v>
+        <v>117</v>
       </c>
       <c r="D186" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E186" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="H186" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>282</v>
+        <v>122</v>
       </c>
       <c r="D187" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E187" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="H187" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>287</v>
+        <v>126</v>
       </c>
       <c r="D188" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E188" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="H188" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>291</v>
+        <v>130</v>
       </c>
       <c r="D189" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E189" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="H189" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>295</v>
+        <v>134</v>
       </c>
       <c r="D190" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E190" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="H190" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>299</v>
+        <v>138</v>
       </c>
       <c r="D191" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E191" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="H191" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>303</v>
+        <v>142</v>
       </c>
       <c r="D192" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E192" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="H192" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>307</v>
+        <v>146</v>
       </c>
       <c r="D193" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E193" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="H193" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>311</v>
+        <v>150</v>
       </c>
       <c r="D194" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E194" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="H194" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>314</v>
+        <v>154</v>
       </c>
       <c r="D195" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E195" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="H195" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>318</v>
+        <v>157</v>
       </c>
       <c r="D196" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E196" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="H196" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>322</v>
+        <v>268</v>
       </c>
       <c r="D197" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E197" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="H197" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>326</v>
+        <v>272</v>
       </c>
       <c r="D198" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E198" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="H198" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>330</v>
+        <v>275</v>
       </c>
       <c r="D199" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E199" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="H199" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>334</v>
+        <v>279</v>
       </c>
       <c r="D200" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E200" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="H200" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>338</v>
+        <v>283</v>
       </c>
       <c r="D201" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E201" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="H201" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>342</v>
+        <v>287</v>
       </c>
       <c r="D202" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E202" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="H202" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>346</v>
+        <v>291</v>
       </c>
       <c r="D203" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E203" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="H203" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>350</v>
+        <v>295</v>
       </c>
       <c r="D204" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E204" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="H204" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>354</v>
+        <v>299</v>
       </c>
       <c r="D205" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E205" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="H205" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>358</v>
+        <v>304</v>
       </c>
       <c r="D206" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E206" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="H206" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="D207" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E207" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="H207" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>366</v>
+        <v>312</v>
       </c>
       <c r="D208" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E208" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="H208" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>370</v>
+        <v>316</v>
       </c>
       <c r="D209" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E209" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="H209" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>374</v>
+        <v>320</v>
       </c>
       <c r="D210" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E210" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="H210" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>378</v>
+        <v>324</v>
       </c>
       <c r="D211" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E211" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="H211" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>381</v>
+        <v>328</v>
       </c>
       <c r="D212" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E212" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="H212" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="D213" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E213" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="H213" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="D214" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E214" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="H214" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="D215" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E215" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="H215" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>397</v>
+        <v>343</v>
       </c>
       <c r="D216" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E216" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="H216" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>401</v>
+        <v>347</v>
       </c>
       <c r="D217" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E217" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="H217" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>405</v>
+        <v>351</v>
       </c>
       <c r="D218" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E218" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="H218" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>409</v>
+        <v>355</v>
       </c>
       <c r="D219" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E219" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="H219" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>413</v>
+        <v>359</v>
       </c>
       <c r="D220" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E220" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="H220" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>417</v>
+        <v>363</v>
       </c>
       <c r="D221" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E221" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="H221" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>421</v>
+        <v>367</v>
       </c>
       <c r="D222" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E222" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="H222" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>425</v>
+        <v>371</v>
       </c>
       <c r="D223" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E223" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="H223" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>429</v>
+        <v>375</v>
       </c>
       <c r="D224" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E224" t="s">
-        <v>545</v>
+        <v>608</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="H224" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>433</v>
+        <v>379</v>
       </c>
       <c r="D225" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E225" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="H225" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>437</v>
+        <v>383</v>
       </c>
       <c r="D226" t="s">
-        <v>544</v>
+        <v>607</v>
       </c>
       <c r="E226" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="H226" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>10</v>
+        <v>387</v>
       </c>
       <c r="D227" t="s">
-        <v>795</v>
+        <v>607</v>
       </c>
       <c r="E227" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>608</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="H227" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>10</v>
+        <v>391</v>
       </c>
       <c r="D228" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E228" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>608</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="H228" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>23</v>
+        <v>395</v>
       </c>
       <c r="D229" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E229" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="H229" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>28</v>
+        <v>398</v>
       </c>
       <c r="D230" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E230" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>608</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="H230" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>31</v>
+        <v>402</v>
       </c>
       <c r="D231" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E231" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="H231" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>35</v>
+        <v>406</v>
       </c>
       <c r="D232" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E232" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="H232" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>39</v>
+        <v>410</v>
       </c>
       <c r="D233" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E233" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="H233" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>43</v>
+        <v>414</v>
       </c>
       <c r="D234" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E234" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="H234" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>47</v>
+        <v>418</v>
       </c>
       <c r="D235" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E235" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="H235" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>51</v>
+        <v>422</v>
       </c>
       <c r="D236" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E236" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="H236" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>54</v>
+        <v>426</v>
       </c>
       <c r="D237" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E237" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="H237" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>58</v>
+        <v>430</v>
       </c>
       <c r="D238" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E238" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>608</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="H238" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>62</v>
+        <v>434</v>
       </c>
       <c r="D239" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E239" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="H239" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>66</v>
+        <v>438</v>
       </c>
       <c r="D240" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E240" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="H240" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>69</v>
+        <v>442</v>
       </c>
       <c r="D241" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E241" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>608</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="H241" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>74</v>
+        <v>446</v>
       </c>
       <c r="D242" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E242" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>608</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="H242" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>78</v>
+        <v>450</v>
       </c>
       <c r="D243" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E243" t="s">
-        <v>801</v>
+        <v>608</v>
       </c>
       <c r="F243" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="H243" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>83</v>
+        <v>454</v>
       </c>
       <c r="D244" t="s">
-        <v>800</v>
+        <v>607</v>
       </c>
       <c r="E244" t="s">
-        <v>801</v>
+        <v>608</v>
       </c>
       <c r="F244" t="s">
-        <v>850</v>
+        <v>82</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="H244" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="D245" t="s">
-        <v>800</v>
+        <v>858</v>
       </c>
       <c r="E245" t="s">
-        <v>801</v>
+        <v>859</v>
       </c>
       <c r="F245" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="H245" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D246" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E246" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F246" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="H246" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D247" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E247" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F247" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="H247" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="D248" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E248" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F248" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="H248" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="D249" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E249" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F249" t="s">
-        <v>863</v>
+        <v>82</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="H249" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="D250" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E250" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F250" t="s">
-        <v>244</v>
+        <v>82</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="H250" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="D251" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E251" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F251" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="H251" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="D252" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E252" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F252" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="H252" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>119</v>
+        <v>50</v>
       </c>
       <c r="D253" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E253" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F253" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="H253" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="D254" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E254" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F254" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="H254" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>127</v>
+        <v>57</v>
       </c>
       <c r="D255" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E255" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F255" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="H255" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="D256" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E256" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F256" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="H256" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>135</v>
+        <v>65</v>
       </c>
       <c r="D257" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E257" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F257" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="H257" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>231</v>
+        <v>69</v>
       </c>
       <c r="D258" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E258" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F258" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="H258" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>235</v>
+        <v>72</v>
       </c>
       <c r="D259" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E259" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F259" t="s">
-        <v>863</v>
+        <v>27</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="H259" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>239</v>
+        <v>77</v>
       </c>
       <c r="D260" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E260" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F260" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>48</v>
+        <v>907</v>
       </c>
       <c r="H260" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>243</v>
+        <v>81</v>
       </c>
       <c r="D261" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E261" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F261" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="H261" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>248</v>
+        <v>86</v>
       </c>
       <c r="D262" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E262" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F262" t="s">
-        <v>244</v>
+        <v>913</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="H262" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>251</v>
+        <v>90</v>
       </c>
       <c r="D263" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E263" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F263" t="s">
-        <v>244</v>
+        <v>181</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="H263" t="s">
-        <v>895</v>
+        <v>918</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>255</v>
+        <v>94</v>
       </c>
       <c r="D264" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E264" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F264" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="H264" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="D265" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E265" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F265" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="H265" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>262</v>
+        <v>102</v>
       </c>
       <c r="D266" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E266" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F266" t="s">
-        <v>244</v>
+        <v>926</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="H266" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>266</v>
+        <v>105</v>
       </c>
       <c r="D267" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E267" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F267" t="s">
-        <v>244</v>
+        <v>926</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="H267" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>270</v>
+        <v>109</v>
       </c>
       <c r="D268" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E268" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F268" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="H268" t="s">
-        <v>923</v>
+        <v>934</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>274</v>
+        <v>113</v>
       </c>
       <c r="D269" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E269" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F269" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="H269" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>278</v>
+        <v>117</v>
       </c>
       <c r="D270" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E270" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F270" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="H270" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>282</v>
+        <v>122</v>
       </c>
       <c r="D271" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E271" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F271" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="H271" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>287</v>
+        <v>126</v>
       </c>
       <c r="D272" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E272" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F272" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="H272" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>291</v>
+        <v>130</v>
       </c>
       <c r="D273" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E273" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F273" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="H273" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>295</v>
+        <v>134</v>
       </c>
       <c r="D274" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E274" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F274" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>940</v>
+        <v>951</v>
       </c>
       <c r="H274" t="s">
-        <v>941</v>
+        <v>952</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>299</v>
+        <v>138</v>
       </c>
       <c r="D275" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E275" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F275" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>943</v>
+        <v>954</v>
       </c>
       <c r="H275" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>303</v>
+        <v>142</v>
       </c>
       <c r="D276" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E276" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F276" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>946</v>
+        <v>957</v>
       </c>
       <c r="H276" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>307</v>
+        <v>146</v>
       </c>
       <c r="D277" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E277" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F277" t="s">
-        <v>244</v>
+        <v>926</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="H277" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>311</v>
+        <v>150</v>
       </c>
       <c r="D278" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E278" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F278" t="s">
-        <v>244</v>
+        <v>23</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>952</v>
+        <v>51</v>
       </c>
       <c r="H278" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>314</v>
+        <v>154</v>
       </c>
       <c r="D279" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E279" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F279" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="H279" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>318</v>
+        <v>157</v>
       </c>
       <c r="D280" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E280" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F280" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="H280" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>322</v>
+        <v>268</v>
       </c>
       <c r="D281" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E281" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F281" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="H281" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>326</v>
+        <v>272</v>
       </c>
       <c r="D282" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E282" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F282" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="H282" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>330</v>
+        <v>275</v>
       </c>
       <c r="D283" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E283" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F283" t="s">
-        <v>244</v>
+        <v>27</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="H283" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>334</v>
+        <v>279</v>
       </c>
       <c r="D284" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E284" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F284" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="H284" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>338</v>
+        <v>283</v>
       </c>
       <c r="D285" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E285" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F285" t="s">
-        <v>973</v>
+        <v>262</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="H285" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>342</v>
+        <v>287</v>
       </c>
       <c r="D286" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E286" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F286" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="H286" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>346</v>
+        <v>291</v>
       </c>
       <c r="D287" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E287" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F287" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="H287" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>350</v>
+        <v>295</v>
       </c>
       <c r="D288" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E288" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F288" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="H288" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>354</v>
+        <v>299</v>
       </c>
       <c r="D289" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E289" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F289" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="H289" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>358</v>
+        <v>304</v>
       </c>
       <c r="D290" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E290" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F290" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="H290" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="D291" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E291" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F291" t="s">
-        <v>244</v>
+        <v>82</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
       <c r="H291" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>366</v>
+        <v>312</v>
       </c>
       <c r="D292" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E292" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F292" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="H292" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>370</v>
+        <v>316</v>
       </c>
       <c r="D293" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E293" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F293" t="s">
-        <v>808</v>
+        <v>82</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="H293" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>374</v>
+        <v>320</v>
       </c>
       <c r="D294" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E294" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F294" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="H294" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>378</v>
+        <v>324</v>
       </c>
       <c r="D295" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E295" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F295" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="H295" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>381</v>
+        <v>328</v>
       </c>
       <c r="D296" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E296" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F296" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="H296" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="D297" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E297" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F297" t="s">
-        <v>244</v>
+        <v>181</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="H297" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="D298" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E298" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F298" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="H298" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="D299" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E299" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F299" t="s">
-        <v>1016</v>
+        <v>262</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="H299" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>397</v>
+        <v>343</v>
       </c>
       <c r="D300" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E300" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F300" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="H300" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>401</v>
+        <v>347</v>
       </c>
       <c r="D301" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E301" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F301" t="s">
-        <v>79</v>
+        <v>262</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="H301" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>405</v>
+        <v>351</v>
       </c>
       <c r="D302" t="s">
-        <v>800</v>
+        <v>863</v>
       </c>
       <c r="E302" t="s">
-        <v>801</v>
+        <v>864</v>
       </c>
       <c r="F302" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="H302" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>10</v>
+        <v>355</v>
       </c>
       <c r="D303" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E303" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F303" t="s">
-        <v>525</v>
+        <v>1036</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="H303" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>23</v>
+        <v>359</v>
       </c>
       <c r="D304" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E304" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F304" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="H304" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>28</v>
+        <v>363</v>
       </c>
       <c r="D305" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E305" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F305" t="s">
-        <v>533</v>
+        <v>181</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="H305" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>31</v>
+        <v>367</v>
       </c>
       <c r="D306" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E306" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F306" t="s">
-        <v>521</v>
+        <v>262</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="H306" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>35</v>
+        <v>371</v>
       </c>
       <c r="D307" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E307" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F307" t="s">
-        <v>1043</v>
+        <v>262</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="H307" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>39</v>
+        <v>375</v>
       </c>
       <c r="D308" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E308" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F308" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="H308" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>43</v>
+        <v>379</v>
       </c>
       <c r="D309" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E309" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F309" t="s">
-        <v>525</v>
+        <v>262</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="H309" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>47</v>
+        <v>383</v>
       </c>
       <c r="D310" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E310" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F310" t="s">
-        <v>808</v>
+        <v>73</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="H310" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>51</v>
+        <v>387</v>
       </c>
       <c r="D311" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E311" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F311" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="H311" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>54</v>
+        <v>391</v>
       </c>
       <c r="D312" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E312" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F312" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="H312" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="D313" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E313" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F313" t="s">
-        <v>521</v>
+        <v>82</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="H313" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>62</v>
+        <v>398</v>
       </c>
       <c r="D314" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E314" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F314" t="s">
-        <v>529</v>
+        <v>262</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="H314" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>66</v>
+        <v>402</v>
       </c>
       <c r="D315" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E315" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F315" t="s">
-        <v>529</v>
+        <v>262</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="H315" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>69</v>
+        <v>406</v>
       </c>
       <c r="D316" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E316" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F316" t="s">
-        <v>1071</v>
+        <v>73</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="H316" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>74</v>
+        <v>410</v>
       </c>
       <c r="D317" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E317" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F317" t="s">
-        <v>159</v>
+        <v>1079</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="H317" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>78</v>
+        <v>414</v>
       </c>
       <c r="D318" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E318" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F318" t="s">
-        <v>1043</v>
+        <v>181</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="H318" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>83</v>
+        <v>418</v>
       </c>
       <c r="D319" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E319" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F319" t="s">
-        <v>1081</v>
+        <v>82</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="H319" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>87</v>
+        <v>422</v>
       </c>
       <c r="D320" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E320" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F320" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="H320" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>91</v>
+        <v>426</v>
       </c>
       <c r="D321" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E321" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F321" t="s">
-        <v>159</v>
+        <v>534</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="H321" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>95</v>
+        <v>430</v>
       </c>
       <c r="D322" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E322" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F322" t="s">
-        <v>521</v>
+        <v>467</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="H322" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>99</v>
+        <v>434</v>
       </c>
       <c r="D323" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E323" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F323" t="s">
-        <v>533</v>
+        <v>73</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="H323" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>102</v>
+        <v>438</v>
       </c>
       <c r="D324" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E324" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F324" t="s">
-        <v>533</v>
+        <v>73</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="H324" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>106</v>
+        <v>442</v>
       </c>
       <c r="D325" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E325" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F325" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="H325" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>110</v>
+        <v>446</v>
       </c>
       <c r="D326" t="s">
-        <v>1029</v>
+        <v>863</v>
       </c>
       <c r="E326" t="s">
-        <v>1030</v>
+        <v>864</v>
       </c>
       <c r="F326" t="s">
-        <v>537</v>
+        <v>1107</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="H326" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="D327" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E327" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F327" t="s">
-        <v>521</v>
+        <v>579</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="H327" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="D328" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E328" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F328" t="s">
-        <v>244</v>
+        <v>181</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="H328" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>31</v>
+      </c>
+      <c r="D329" t="s">
         <v>1111</v>
       </c>
-      <c r="B329" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E329" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F329" t="s">
-        <v>244</v>
+        <v>587</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="H329" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="D330" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E330" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F330" t="s">
-        <v>79</v>
+        <v>575</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="H330" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>131</v>
+        <v>38</v>
       </c>
       <c r="D331" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E331" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F331" t="s">
-        <v>70</v>
+        <v>467</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="H331" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>135</v>
+        <v>42</v>
       </c>
       <c r="D332" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E332" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F332" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="H332" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>231</v>
+        <v>46</v>
       </c>
       <c r="D333" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E333" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F333" t="s">
-        <v>79</v>
+        <v>579</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="H333" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>235</v>
+        <v>50</v>
       </c>
       <c r="D334" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E334" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F334" t="s">
-        <v>1043</v>
+        <v>871</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
       <c r="H334" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>239</v>
+        <v>54</v>
       </c>
       <c r="D335" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E335" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F335" t="s">
-        <v>533</v>
+        <v>27</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="H335" t="s">
-        <v>1131</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>243</v>
+        <v>57</v>
       </c>
       <c r="D336" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E336" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F336" t="s">
-        <v>529</v>
+        <v>73</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="H336" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>248</v>
+        <v>61</v>
       </c>
       <c r="D337" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E337" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F337" t="s">
-        <v>24</v>
+        <v>575</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1136</v>
+        <v>1143</v>
       </c>
       <c r="H337" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>251</v>
+        <v>65</v>
       </c>
       <c r="D338" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E338" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F338" t="s">
-        <v>525</v>
+        <v>583</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="H338" t="s">
-        <v>1140</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1141</v>
+        <v>1148</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>255</v>
+        <v>69</v>
       </c>
       <c r="D339" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E339" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F339" t="s">
-        <v>529</v>
+        <v>583</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="H339" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>258</v>
+        <v>72</v>
       </c>
       <c r="D340" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E340" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F340" t="s">
-        <v>244</v>
+        <v>1152</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="H340" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>262</v>
+        <v>77</v>
       </c>
       <c r="D341" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E341" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F341" t="s">
-        <v>529</v>
+        <v>181</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="H341" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>266</v>
+        <v>81</v>
       </c>
       <c r="D342" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E342" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F342" t="s">
-        <v>533</v>
+        <v>467</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="H342" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>270</v>
+        <v>86</v>
       </c>
       <c r="D343" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E343" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F343" t="s">
-        <v>24</v>
+        <v>1162</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="H343" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>274</v>
+        <v>90</v>
       </c>
       <c r="D344" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E344" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F344" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="H344" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>278</v>
+        <v>94</v>
       </c>
       <c r="D345" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E345" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F345" t="s">
-        <v>525</v>
+        <v>181</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="H345" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="D346" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E346" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F346" t="s">
-        <v>533</v>
+        <v>575</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="H346" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1165</v>
+        <v>1174</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>287</v>
+        <v>102</v>
       </c>
       <c r="D347" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E347" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F347" t="s">
-        <v>533</v>
+        <v>587</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="H347" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1168</v>
+        <v>1177</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>291</v>
+        <v>105</v>
       </c>
       <c r="D348" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E348" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F348" t="s">
-        <v>244</v>
+        <v>587</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="H348" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>295</v>
+        <v>109</v>
       </c>
       <c r="D349" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E349" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F349" t="s">
-        <v>529</v>
+        <v>181</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="H349" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>299</v>
+        <v>113</v>
       </c>
       <c r="D350" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E350" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F350" t="s">
-        <v>159</v>
+        <v>591</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="H350" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1177</v>
+        <v>1186</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>303</v>
+        <v>117</v>
       </c>
       <c r="D351" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E351" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F351" t="s">
-        <v>70</v>
+        <v>575</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1178</v>
+        <v>1187</v>
       </c>
       <c r="H351" t="s">
-        <v>1179</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1180</v>
+        <v>1189</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>307</v>
+        <v>122</v>
       </c>
       <c r="D352" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E352" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F352" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1181</v>
+        <v>1190</v>
       </c>
       <c r="H352" t="s">
-        <v>1182</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>311</v>
+        <v>126</v>
       </c>
       <c r="D353" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E353" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F353" t="s">
-        <v>1081</v>
+        <v>262</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="H353" t="s">
-        <v>1185</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1186</v>
+        <v>1195</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>314</v>
+        <v>130</v>
       </c>
       <c r="D354" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E354" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F354" t="s">
-        <v>1081</v>
+        <v>82</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1187</v>
+        <v>1196</v>
       </c>
       <c r="H354" t="s">
-        <v>1188</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1189</v>
+        <v>1198</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>318</v>
+        <v>134</v>
       </c>
       <c r="D355" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E355" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F355" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="H355" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>322</v>
+        <v>138</v>
       </c>
       <c r="D356" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E356" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F356" t="s">
-        <v>480</v>
+        <v>73</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1193</v>
+        <v>1202</v>
       </c>
       <c r="H356" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1195</v>
+        <v>1204</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>326</v>
+        <v>142</v>
       </c>
       <c r="D357" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E357" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F357" t="s">
-        <v>244</v>
+        <v>82</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1196</v>
+        <v>1205</v>
       </c>
       <c r="H357" t="s">
-        <v>1197</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1198</v>
+        <v>1207</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>330</v>
+        <v>146</v>
       </c>
       <c r="D358" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E358" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F358" t="s">
-        <v>24</v>
+        <v>467</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1199</v>
+        <v>1208</v>
       </c>
       <c r="H358" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1201</v>
+        <v>1210</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>334</v>
+        <v>150</v>
       </c>
       <c r="D359" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E359" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F359" t="s">
-        <v>70</v>
+        <v>587</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="H359" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>338</v>
+        <v>154</v>
       </c>
       <c r="D360" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E360" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F360" t="s">
-        <v>159</v>
+        <v>583</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="H360" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1207</v>
+        <v>1216</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>342</v>
+        <v>157</v>
       </c>
       <c r="D361" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E361" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F361" t="s">
-        <v>480</v>
+        <v>27</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="H361" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>346</v>
+        <v>268</v>
       </c>
       <c r="D362" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E362" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F362" t="s">
-        <v>244</v>
+        <v>579</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="H362" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>350</v>
+        <v>272</v>
       </c>
       <c r="D363" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E363" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F363" t="s">
-        <v>24</v>
+        <v>583</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="H363" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1216</v>
+        <v>1225</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>354</v>
+        <v>275</v>
       </c>
       <c r="D364" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E364" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F364" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="H364" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>358</v>
+        <v>279</v>
       </c>
       <c r="D365" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E365" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F365" t="s">
-        <v>244</v>
+        <v>583</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="H365" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>362</v>
+        <v>283</v>
       </c>
       <c r="D366" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E366" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F366" t="s">
-        <v>24</v>
+        <v>587</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1223</v>
+        <v>1232</v>
       </c>
       <c r="H366" t="s">
-        <v>1224</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>366</v>
+        <v>287</v>
       </c>
       <c r="D367" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E367" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F367" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="H367" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>370</v>
+        <v>291</v>
       </c>
       <c r="D368" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E368" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F368" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="H368" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>374</v>
+        <v>295</v>
       </c>
       <c r="D369" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E369" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F369" t="s">
-        <v>521</v>
+        <v>579</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="H369" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>378</v>
+        <v>299</v>
       </c>
       <c r="D370" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E370" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F370" t="s">
-        <v>159</v>
+        <v>587</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="H370" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>381</v>
+        <v>304</v>
       </c>
       <c r="D371" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E371" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F371" t="s">
-        <v>70</v>
+        <v>587</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="H371" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>385</v>
+        <v>308</v>
       </c>
       <c r="D372" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E372" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F372" t="s">
-        <v>1241</v>
+        <v>262</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="H372" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>389</v>
+        <v>312</v>
       </c>
       <c r="D373" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E373" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F373" t="s">
-        <v>1241</v>
+        <v>583</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="H373" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>393</v>
+        <v>316</v>
       </c>
       <c r="D374" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E374" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F374" t="s">
-        <v>1248</v>
+        <v>181</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="H374" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>397</v>
+        <v>320</v>
       </c>
       <c r="D375" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E375" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F375" t="s">
-        <v>533</v>
+        <v>73</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="H375" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>401</v>
+        <v>324</v>
       </c>
       <c r="D376" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E376" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F376" t="s">
-        <v>1043</v>
+        <v>27</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="H376" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>405</v>
+        <v>328</v>
       </c>
       <c r="D377" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E377" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F377" t="s">
-        <v>70</v>
+        <v>1162</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="H377" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>409</v>
+        <v>331</v>
       </c>
       <c r="D378" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E378" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F378" t="s">
-        <v>537</v>
+        <v>1162</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="H378" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>413</v>
+        <v>335</v>
       </c>
       <c r="D379" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E379" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F379" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="H379" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>417</v>
+        <v>339</v>
       </c>
       <c r="D380" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E380" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F380" t="s">
-        <v>1081</v>
+        <v>534</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="H380" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>421</v>
+        <v>343</v>
       </c>
       <c r="D381" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E381" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F381" t="s">
-        <v>808</v>
+        <v>262</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="H381" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>425</v>
+        <v>347</v>
       </c>
       <c r="D382" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E382" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F382" t="s">
-        <v>533</v>
+        <v>27</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
       <c r="H382" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>429</v>
+        <v>351</v>
       </c>
       <c r="D383" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E383" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F383" t="s">
-        <v>533</v>
+        <v>73</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="H383" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>433</v>
+        <v>355</v>
       </c>
       <c r="D384" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E384" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F384" t="s">
-        <v>525</v>
+        <v>181</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="H384" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>437</v>
+        <v>359</v>
       </c>
       <c r="D385" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E385" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F385" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="H385" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>441</v>
+        <v>363</v>
       </c>
       <c r="D386" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E386" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F386" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="H386" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1288</v>
+        <v>367</v>
       </c>
       <c r="D387" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E387" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F387" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H387" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1292</v>
+        <v>371</v>
       </c>
       <c r="D388" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E388" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F388" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="H388" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1296</v>
+        <v>375</v>
       </c>
       <c r="D389" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E389" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F389" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="H389" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1300</v>
+        <v>379</v>
       </c>
       <c r="D390" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E390" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F390" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="H390" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1304</v>
+        <v>383</v>
       </c>
       <c r="D391" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E391" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F391" t="s">
-        <v>533</v>
+        <v>27</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="H391" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1308</v>
+        <v>387</v>
       </c>
       <c r="D392" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E392" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F392" t="s">
-        <v>537</v>
+        <v>27</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H392" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1312</v>
+        <v>391</v>
       </c>
       <c r="D393" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E393" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F393" t="s">
-        <v>244</v>
+        <v>575</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="H393" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1315</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
+        <v>395</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F394" t="s">
+        <v>181</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="D394" t="s">
-[...8 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>398</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F395" t="s">
+        <v>73</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="H395" t="s">
         <v>1320</v>
-      </c>
-[...13 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>402</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G396" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="H396" t="s">
         <v>1324</v>
-      </c>
-[...13 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>406</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H397" t="s">
         <v>1327</v>
-      </c>
-[...19 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>410</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H398" t="s">
         <v>1331</v>
-      </c>
-[...19 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1335</v>
+        <v>1332</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1336</v>
+        <v>414</v>
       </c>
       <c r="D399" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E399" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F399" t="s">
-        <v>70</v>
+        <v>587</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="H399" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1340</v>
+        <v>418</v>
       </c>
       <c r="D400" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E400" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F400" t="s">
-        <v>808</v>
+        <v>467</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="H400" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1344</v>
+        <v>422</v>
       </c>
       <c r="D401" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E401" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F401" t="s">
-        <v>529</v>
+        <v>73</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1345</v>
+        <v>1339</v>
       </c>
       <c r="H401" t="s">
-        <v>1346</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1348</v>
+        <v>426</v>
       </c>
       <c r="D402" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E402" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F402" t="s">
-        <v>537</v>
+        <v>591</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="H402" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1352</v>
+        <v>430</v>
       </c>
       <c r="D403" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E403" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F403" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1353</v>
+        <v>1345</v>
       </c>
       <c r="H403" t="s">
-        <v>1354</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1355</v>
+        <v>1347</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1356</v>
+        <v>434</v>
       </c>
       <c r="D404" t="s">
-        <v>1029</v>
+        <v>1111</v>
       </c>
       <c r="E404" t="s">
-        <v>1030</v>
+        <v>1112</v>
       </c>
       <c r="F404" t="s">
-        <v>79</v>
+        <v>1162</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1357</v>
+        <v>1348</v>
       </c>
       <c r="H404" t="s">
-        <v>1358</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1359</v>
+        <v>1350</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>10</v>
+        <v>438</v>
       </c>
       <c r="D405" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E405" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F405" t="s">
-        <v>1362</v>
+        <v>871</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1363</v>
+        <v>1351</v>
       </c>
       <c r="H405" t="s">
-        <v>1364</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1365</v>
+        <v>1353</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>23</v>
+        <v>442</v>
       </c>
       <c r="D406" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E406" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F406" t="s">
-        <v>1366</v>
+        <v>587</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>48</v>
+        <v>1354</v>
       </c>
       <c r="H406" t="s">
-        <v>1367</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1368</v>
+        <v>1356</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>28</v>
+        <v>446</v>
       </c>
       <c r="D407" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E407" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F407" t="s">
-        <v>808</v>
+        <v>587</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>48</v>
+        <v>1357</v>
       </c>
       <c r="H407" t="s">
-        <v>1369</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1370</v>
+        <v>1359</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>31</v>
+        <v>450</v>
       </c>
       <c r="D408" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F408" t="s">
+        <v>579</v>
+      </c>
+      <c r="G408" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="E408" t="s">
+      <c r="H408" t="s">
         <v>1361</v>
-      </c>
-[...7 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1373</v>
+        <v>1362</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>35</v>
+        <v>454</v>
       </c>
       <c r="D409" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E409" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F409" t="s">
-        <v>1374</v>
+        <v>587</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1375</v>
+        <v>1363</v>
       </c>
       <c r="H409" t="s">
-        <v>1376</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1377</v>
+        <v>1365</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>39</v>
+        <v>458</v>
       </c>
       <c r="D410" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E410" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F410" t="s">
-        <v>1378</v>
+        <v>27</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1379</v>
+        <v>1366</v>
       </c>
       <c r="H410" t="s">
-        <v>1380</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1381</v>
+        <v>1368</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>43</v>
+        <v>462</v>
       </c>
       <c r="D411" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E411" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1382</v>
+        <v>1369</v>
       </c>
       <c r="H411" t="s">
-        <v>1383</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1384</v>
+        <v>1371</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>47</v>
+        <v>466</v>
       </c>
       <c r="D412" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E412" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F412" t="s">
-        <v>1248</v>
+        <v>27</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1385</v>
+        <v>1372</v>
       </c>
       <c r="H412" t="s">
-        <v>1386</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1387</v>
+        <v>1374</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>51</v>
+        <v>471</v>
       </c>
       <c r="D413" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E413" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F413" t="s">
-        <v>533</v>
+        <v>181</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1388</v>
+        <v>1375</v>
       </c>
       <c r="H413" t="s">
-        <v>1389</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1390</v>
+        <v>1377</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>54</v>
+        <v>475</v>
       </c>
       <c r="D414" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E414" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F414" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1391</v>
+        <v>1378</v>
       </c>
       <c r="H414" t="s">
-        <v>1392</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1393</v>
+        <v>1380</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>58</v>
+        <v>479</v>
       </c>
       <c r="D415" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E415" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F415" t="s">
-        <v>79</v>
+        <v>587</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1394</v>
+        <v>1381</v>
       </c>
       <c r="H415" t="s">
-        <v>1395</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>62</v>
+        <v>483</v>
       </c>
       <c r="D416" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E416" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F416" t="s">
-        <v>70</v>
+        <v>591</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1397</v>
+        <v>1384</v>
       </c>
       <c r="H416" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>66</v>
+        <v>487</v>
       </c>
       <c r="D417" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E417" t="s">
-        <v>1361</v>
+        <v>1112</v>
       </c>
       <c r="F417" t="s">
-        <v>529</v>
+        <v>262</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1400</v>
+        <v>1387</v>
       </c>
       <c r="H417" t="s">
-        <v>1401</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1402</v>
+        <v>1389</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>66</v>
+        <v>491</v>
       </c>
       <c r="D418" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E418" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F418" t="s">
-        <v>1405</v>
+        <v>262</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>48</v>
+        <v>1390</v>
       </c>
       <c r="H418" t="s">
-        <v>1406</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1407</v>
+        <v>1392</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>69</v>
+        <v>495</v>
       </c>
       <c r="D419" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E419" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F419" t="s">
-        <v>1405</v>
+        <v>181</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1408</v>
+        <v>1393</v>
       </c>
       <c r="H419" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1410</v>
+        <v>1395</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>74</v>
+        <v>1396</v>
       </c>
       <c r="D420" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E420" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F420" t="s">
-        <v>1405</v>
+        <v>181</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1411</v>
+        <v>1397</v>
       </c>
       <c r="H420" t="s">
-        <v>1412</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1413</v>
+        <v>1399</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>78</v>
+        <v>1400</v>
       </c>
       <c r="D421" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E421" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F421" t="s">
-        <v>1405</v>
+        <v>575</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1414</v>
+        <v>1401</v>
       </c>
       <c r="H421" t="s">
-        <v>1415</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1416</v>
+        <v>1403</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>83</v>
+        <v>1404</v>
       </c>
       <c r="D422" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E422" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F422" t="s">
+        <v>575</v>
+      </c>
+      <c r="G422" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="G422" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H422" t="s">
-        <v>1418</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1419</v>
+        <v>1407</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>87</v>
+        <v>1408</v>
       </c>
       <c r="D423" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E423" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F423" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1420</v>
+        <v>1409</v>
       </c>
       <c r="H423" t="s">
-        <v>1421</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1422</v>
+        <v>1411</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>91</v>
+        <v>1412</v>
       </c>
       <c r="D424" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E424" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F424" t="s">
-        <v>1405</v>
+        <v>871</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1423</v>
+        <v>1413</v>
       </c>
       <c r="H424" t="s">
-        <v>1424</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1425</v>
+        <v>1415</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>95</v>
+        <v>1416</v>
       </c>
       <c r="D425" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E425" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F425" t="s">
-        <v>1405</v>
+        <v>583</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1426</v>
+        <v>1417</v>
       </c>
       <c r="H425" t="s">
-        <v>1427</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1428</v>
+        <v>1419</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>99</v>
+        <v>1420</v>
       </c>
       <c r="D426" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E426" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F426" t="s">
-        <v>1405</v>
+        <v>591</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>48</v>
+        <v>1421</v>
       </c>
       <c r="H426" t="s">
-        <v>1429</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>102</v>
+        <v>1424</v>
       </c>
       <c r="D427" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E427" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F427" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="H427" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>106</v>
+        <v>1428</v>
       </c>
       <c r="D428" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E428" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F428" t="s">
-        <v>1405</v>
+        <v>82</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
       <c r="H428" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>110</v>
+        <v>1432</v>
       </c>
       <c r="D429" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E429" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F429" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1437</v>
+        <v>1433</v>
       </c>
       <c r="H429" t="s">
-        <v>1438</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>114</v>
+        <v>1436</v>
       </c>
       <c r="D430" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E430" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F430" t="s">
-        <v>1405</v>
+        <v>587</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>48</v>
+        <v>1437</v>
       </c>
       <c r="H430" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F431" t="s">
+        <v>871</v>
+      </c>
+      <c r="G431" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B431" t="s">
-[...14 lines deleted...]
-      <c r="G431" s="1" t="s">
+      <c r="H431" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
         <v>1444</v>
       </c>
-      <c r="B432" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D432" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E432" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F432" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>48</v>
+        <v>1445</v>
       </c>
       <c r="H432" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>127</v>
+        <v>1448</v>
       </c>
       <c r="D433" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E433" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F433" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="H433" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>131</v>
+        <v>1452</v>
       </c>
       <c r="D434" t="s">
-        <v>1403</v>
+        <v>1111</v>
       </c>
       <c r="E434" t="s">
-        <v>1404</v>
+        <v>1112</v>
       </c>
       <c r="F434" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="H434" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
       <c r="D435" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E435" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1458</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>48</v>
+        <v>1459</v>
       </c>
       <c r="H435" t="s">
-        <v>1453</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>231</v>
+        <v>17</v>
       </c>
       <c r="D436" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E436" t="s">
-        <v>1404</v>
+        <v>1457</v>
       </c>
       <c r="F436" t="s">
-        <v>1405</v>
+        <v>1462</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1455</v>
+        <v>51</v>
       </c>
       <c r="H436" t="s">
-        <v>1456</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>31</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E437" t="s">
         <v>1457</v>
       </c>
-      <c r="B437" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F437" t="s">
-        <v>1405</v>
+        <v>871</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1458</v>
+        <v>51</v>
       </c>
       <c r="H437" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>239</v>
+        <v>34</v>
       </c>
       <c r="D438" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E438" t="s">
-        <v>1404</v>
+        <v>1457</v>
       </c>
       <c r="F438" t="s">
-        <v>1405</v>
+        <v>73</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>48</v>
+        <v>1467</v>
       </c>
       <c r="H438" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>243</v>
+        <v>38</v>
       </c>
       <c r="D439" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E439" t="s">
-        <v>1404</v>
+        <v>1457</v>
       </c>
       <c r="F439" t="s">
-        <v>1405</v>
+        <v>1470</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>48</v>
+        <v>1471</v>
       </c>
       <c r="H439" t="s">
-        <v>1463</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1464</v>
+        <v>1473</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="D440" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E440" t="s">
-        <v>1404</v>
+        <v>1457</v>
       </c>
       <c r="F440" t="s">
-        <v>1405</v>
+        <v>1474</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="H440" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>251</v>
+        <v>46</v>
       </c>
       <c r="D441" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E441" t="s">
-        <v>1404</v>
+        <v>1457</v>
       </c>
       <c r="F441" t="s">
-        <v>1405</v>
+        <v>13</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="H441" t="s">
-        <v>1469</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>255</v>
+        <v>50</v>
       </c>
       <c r="D442" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E442" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1329</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>48</v>
+        <v>1481</v>
       </c>
       <c r="H442" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>258</v>
+        <v>54</v>
       </c>
       <c r="D443" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E443" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F443" t="s">
+        <v>587</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="H443" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>262</v>
+        <v>57</v>
       </c>
       <c r="D444" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E444" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F444" t="s">
+        <v>181</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>48</v>
+        <v>1487</v>
       </c>
       <c r="H444" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>266</v>
+        <v>61</v>
       </c>
       <c r="D445" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E445" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F445" t="s">
+        <v>82</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="H445" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>270</v>
+        <v>65</v>
       </c>
       <c r="D446" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E446" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F446" t="s">
+        <v>73</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="H446" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>274</v>
+        <v>69</v>
       </c>
       <c r="D447" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E447" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F447" t="s">
+        <v>583</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="H447" t="s">
-        <v>1485</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>278</v>
+        <v>72</v>
       </c>
       <c r="D448" t="s">
-        <v>1403</v>
+        <v>1456</v>
       </c>
       <c r="E448" t="s">
-        <v>1404</v>
+        <v>1457</v>
+      </c>
+      <c r="F448" t="s">
+        <v>73</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1487</v>
+        <v>1499</v>
       </c>
       <c r="H448" t="s">
-        <v>1488</v>
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>77</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F449" t="s">
+        <v>262</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>69</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>72</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>77</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>81</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>86</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>90</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>94</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>98</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>102</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>105</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>109</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F460" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>113</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>117</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F462" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>122</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F463" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>126</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>130</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>134</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>138</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>142</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>146</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>150</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>154</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>157</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>268</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>272</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>275</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>279</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>283</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>287</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>291</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>295</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>299</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>304</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>308</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>312</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>316</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>320</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>324</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>328</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1612</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16697,50 +18085,90 @@
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>