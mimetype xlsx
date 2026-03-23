--- v1 (2026-01-30)
+++ v2 (2026-03-23)
@@ -10,4912 +10,4930 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3807" uniqueCount="1613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3821" uniqueCount="1619">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Altair Borges, Cesar Luiz Piran, Edison Demarchi, Jader Gabriel Ioris, João Carlos Suldowski, Julcemir Bombassaro, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf</t>
   </si>
   <si>
     <t>Altera o art. 23 da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Agustinho Assis Menegatti</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de taxas de inscrição em concursos públicos e testes seletivos, e adota outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 81, de 16 de março de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 283, de 20 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 85, de 08 de outubro de 2007, que dispõe sobre a contratação temporária de pessoal para atender necessidade de excepcional interesse público do Instituto Cultural de São Lourenço e do Comitê Desportivo Municipal, em regime jurídico especial e dá outras providências.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a conceder reajuste do vencimento base dos servidores do magistério público municipal, e dá outras providências".</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza os chefes do Poder Executivo e do Poder Legislativo a conceder recomposição e revisão dos vencimentos dos servidores públicos municipais da administração direta e indireta, ativos, inativos, pensionistas, conselheiros tutelares, e dá outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf</t>
   </si>
   <si>
     <t>Fixa o valor mínimo para o ajuizamento de execuções fiscais, autoriza o protesto de certidões de dívida ativa e de títulos executivos judiciais no Município de São Lourenço do Oeste - SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime disciplinar e a apuração de responsabilidades dos agentes públicos do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 265, de 20 de agosto de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jader Gabriel Ioris</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 298, de 18 de dezembro de 1979, que institui o Código Tributário do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 85, de 08 de outubro de 2007, que dispõe sobre a contratação temporária de pessoal para atender necessidade de excepcional interesse público do Instituto Cultural de São Lourenço e do Comitê Desportivo Municipal, em regime jurídico especial.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Altair Borges</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de taxas de inscrição em concursos públicos e testes seletivos.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 17/2025, do Executivo Municipal - Dispõe sobre o novo Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências".</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal n° 146, de 28/12/2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste - SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário Municipal, instituído pela Lei nº 298, de 18 de dezembro de 1979.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf</t>
   </si>
   <si>
     <t>Institui o REFISLO - Programa de Recuperação Fiscal do Município de São Lourenço do Oeste/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.384, de 30 de dezembro de 2002.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>João Carlos Suldowski (Prefeito)</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a desburocratização econômica e liberdade empreendedora no Município de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a instalação e uso do sistema 5G no Município de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras para constituição e funcionamento de Ambiente Regulatório Experimental (Sandbox Regulatório) no Município de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 47, de 26 de dezembro de 2003.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 56, de 14 de outubro de 2005, a Lei Complementar n° 118, de 23 de junho de 2010, e, a Lei Complementar nº 283, de 20 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento e a concessão de patrocínio pelo Poder Executivo para realização de eventos no Município de São Lourenço do Oeste/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 325, de 11 de maio de 2023.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf</t>
   </si>
   <si>
     <t>Cria programa de cooperação entre o Município de São Lourenço do Oeste e a ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 367, de 02 de julho de 2025.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção de contribuição de melhoria aos proprietários, titulares do domínio útil ou possuidores, a qualquer título, dos bens imóveis beneficiados pela realização de pavimentação asfáltica que identifica.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 001/2025, que autoriza o Poder Executivo Municipal a firmar Convênio com o Estado de Santa Catarina, visando auxilio na manutenção das atividades gerais da Polícia Militar no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 002/2025, que autoriza o Poder Executivo Municipal a firmar Convênio com o Estado de Santa Catarina, visando auxilio na manutenção das atividades gerais da Polícia Civil no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com o Estado de Santa Catarina, visando auxilio na manutenção das atividades gerais da Polícia Civil no âmbito do município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Termos de Cessão de Uso entre o Estado de Santa Catarina, através da Secretaria de Estado da Segurança Pública, com a interveniência da Polícia Militar e da Polícia Civil do Estado de Santa Catarina, e dá outras providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.316, de 27 de março de 2017, que fixa o valor da bolsa estágio e institui o auxílio-transporte aos estudantes contratados pelo Município de São Lourenço do Oeste e suas autarquias, para prestar estágio não obrigatório, e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Gestão Integrada de Resíduos Sólidos - PMGIRS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>Edson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da contratação de operações de crédito pelo Município de São Lourenço do Oeste em conformidade com o índice de comprometimento da folha de pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Integrado de Ações Esportivas, denominado “Vivendo o Esporte”, no município de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Utilidade Pública à Associação de Pais e Amigos do Autista de São Lourenço do Oeste e Região (AMA).</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf</t>
   </si>
   <si>
     <t>Aprova o projeto do Loteamento Zucchi, com área total de 29.627,64m², e dá outras providências.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades e dá outras providências.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de leis municipais que identifica e dá outras providências.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de São Lourenço do Oeste, em complemento à Política Municipal de Apoio ao Desenvolvimento da Agricultura, o Incentivo Econômico denominado "Bônus Fiscal Melhoramento Genético" aos produtores rurais, e dá outras providências.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal 2.345 de 26/09/2017 e da Lei Municipal 2.645 de 20/12/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa e doação de bens móveis do Patrimônio Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para Invernada Campeira Amizade sem Fronteiras</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para a Associação Athlético São Lourenço.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no orçamento municipal em vigor.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual - PPA 2022/2025.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei de Diretrizes Orçamentárias - LDO para o exercício de 2025.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a 1ª Feira de Páscoa de São Lourenço do Oeste, em parceria com a ACISLO e CDL-SLO, no período de 15 a 18 de abril de 2025.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito, com a Caixa Econômica Federal, com ou sem a Garantia da União, e dá outras providências.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover e custear despesas do 2º Desafio de MTB Cidade Jardim, em parceria com a Associação Amigos do Pedal de Ciclismo São Lourenço do Oeste</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.758, de 06 de agosto de 2008, que institui o Serviço Abrigo Domiciliar para crianças e adolescentes com direitos ameaçados ou violados, e dá outras providências.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.380, de 28 de fevereiro de 2018, que dispõe sobre a criação do Programa Executivo Mirim no município de São Lourenço do Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.546, de 22 de novembro de 2005, que institui, junto aos Clubes de Mães do Município, o Programa denominado "Transformando" e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidades.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Instituto Cultural de São Lourenço do Oeste a receber patrocínio, e dá outras providências.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Atletismo São Lourenço do Oeste - AASLO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear o transporte dos alunos da ONG Entre Amigos e Crianças até o Instituto Cultural para participação nas oficinas e projetos da autarquia.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a Associação São Lourenço Futsal Feminino.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior, e dá outras providências.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso dos termos grátis, gratuito, custo zero e similares quando da divulgação de serviços prestados ao público ou de eventos de livre acesso, promovidos e/ou custeados pelo Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a promover e custear despesas da 4ª Trilha Jeep Club São Lourenço, em parceria com a Associação Jeep Club São Lourenço.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Inclusão Produtiva e Empregabilidade, denominado “Valoriza São Lourenço”, e dá outras providências.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro à Associação Cultural e Esportiva de Karatê - ACEK.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf</t>
   </si>
   <si>
     <t>Atribui denominação ao Centro de Referência da Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 041/2025, do Executivo Municipal - Autoriza o Poder Executivo Municipal a criar, estabelecer e operacionalizar o Centro de Inclusão Digital.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 042/2025, do Executivo Municipal - Autoriza o Município de São Lourenço do Oeste - SC, a receber do Estado de Santa Catarina os valores decorrentes dos precatórios nºs 0001133-04.2014.8.24.0500 e 0003095-28.2015.8.24.0500, com deságio de 20% (vinte por cento).</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 043/2025, do vereador Mauro Cesar Michelon - Estabelece diretrizes à utilização de material biodegradável em substituição ao material plástico.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Cesar Luiz Piran, Edson Ferrari, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 044/2025, do vereador Mauro Cesar Michelon e coautores vereadores Edson Ferrari e Cesar Luiz Piran - Altera a Lei nº 2.250, de 04 de dezembro de 2015, que dispõe sobre o acondicionamento de mercadorias em sacolas retornáveis, ou ecologicamente corretas, no comércio varejista de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para entidade.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio financeiro a pacientes e acompanhantes para custeio de hospedagem nos casos de Tratamento Fora do Domicílio - TFD, e dá outras providências.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a promover a 8ª EFAISLO, em parceria com a ACISLO e CDL-SLO, no período de 05 a 08 de fevereiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação de Condicionamento Físico.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação e a ampliação de Cemitério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.460, de 17 de abril de 2019, que institui o Conselho Municipal de Turismo - COMTUR e o Fundo Municipal de Turismo - FUMTUR, e dá outras providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf</t>
   </si>
   <si>
     <t>Declaração de Utilidade Pública à Associação Athlético São Lourenço.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organizações da sociedade civil.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Monitoramento Contínuo de Glicose aos munícipes beneficiários, no âmbito do município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf</t>
   </si>
   <si>
     <t>Institui e atribui denominação a vias públicas que identifica.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.906, de 1º de julho de 2025, que autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organizações da sociedade civil.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de veículos ao Corpo de Bombeiros Militar de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Termo de Cessão de Uso com o Estado de Santa Catarina, através da Secretaria de Estado da Segurança Pública, com a interveniência do Corpo de Bombeiros Militar do Estado de Santa Catarina - CBMSC, e dá outras providências.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a receber em doação bem imóvel de propriedade do Esporte Clube Independente, e dá outras providências.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a associar-se e contribuir mensalmente com a Associação do Conselho Regional de Turismo do Grande Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a receber em doação bens móveis de propriedade do Poder Judiciário - Fórum da Comarca de São Lourenço do Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de São Lourenço do Oeste, para o quadriênio 2026/2029, e dá outras providências.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 1.559, de 16 de dezembro de 2005, da Lei Municipal nº 1.624, de 22 de novembro de 2006, e da Lei Municipal nº 1.807, de 27 de maio de 2009.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.072, de 19 de abril de 2013, que aprova o projeto do Loteamento Jardim Borges.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São Lourenço do Oeste a receber em doação bens móveis de propriedade do Ministério Público do Estado de Santa Catarina - MPSC, e dá outras providências.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro ao Centro de Tradições Gaúchas e Culturais Amizade Sem Fronteiras.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação da 1ª Alteração do Estatuto Social e 2ª Alteração do Contrato de Consórcio Público do CIMAM – Consórcio Intermunicipal Multifinalitário da AMNOROESTE.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal e a Procuradoria Geral do Município a firmar acordo judicial com a empresa Concrexap Serviços de Concretagem LTDA.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, administração direta e indireta, a promover o 13º Moto Bruxo, em parceria com o Moto Grupo Fortaleza dos Bruxos, nos dias 07, 08 e 09 de novembro de 2025.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Fonte Cheia.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do Município para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 075/2025, de autoria do vereador Mauro Cesar Michelon - Institui a Política Municipal de Atenção às Pessoas Ostomizadas no âmbito do município de São Lourenço do Oeste e dá outras providencias.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, em âmbito municipal, do Programa de Resgate da Tradição Italiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 1.807, de 27 de maio de 2009.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.575, de 15 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar a abertura de crédito suplementar por anulação de dotações no orçamento programa de 2025, a promover a liquidação antecipada de operação de crédito, e dá outras providências.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de São Lourenço do Oeste - SC e dá outras providências.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Contrato de Consórcio Público do Consórcio Público Interfederativo de Saúde do Oeste de Santa Catarina - CISAMOSC.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação, nova denominação e autoriza a doação de bem imóvel para a ONG Entre Amigos e Crianças.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 2.620, de 26 de agosto de 2021.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Lourenço do Oeste para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Edison Demarchi</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Sociedade Rural do Noroeste de Santa Catarina.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.624 de 22 de novembro de 2006.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Inclusão Social e Saúde “Abrindo Sorrisos” a ser desenvolvido na Associação de Pais e Amigos dos Excepcionais - APAE.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação e autoriza a doação de bem imóvel para a Sociedade Rural do Noroeste de Santa Catarina (SRNSC).</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Mobilidade Urbana de São Lourenço do Oeste, Santa Catarina.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 91/2025 - Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional por anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Vitorino/PR, a pavimentar via de circulação que identifica e dá outras providências.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf</t>
   </si>
   <si>
     <t>Cria Comissão de Assuntos Relevantes com objetivo de analisar e acompanhar a implantação do estacionamento rotativo no município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>CR227 - Comissão Especial do Estacionamento Rotativo</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo de funcionamento da Comissão de Assuntos Relevantes criada pela Resolução nº 227, de 04 de setembro de 2025.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Contas, Edison Demarchi, Jader Gabriel Ioris, Julcemir Bombassaro</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf</t>
   </si>
   <si>
     <t>Aprova o Parecer Prévio nº 212/2024 do Tribunal de Contas do Estado de Santa Catarina, referente ao Processo nº TCE PCP 24/00254820, relativo às contas do exercício de 2023 do Município de São Lourenço do Oeste - SC.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>Altair Borges, Edison Demarchi, João Carlos Suldowski, Mauro Cesar Michelon, Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de sessão solene em homenagem as comemorações dos 55 anos da Fundeste e dos 30 anos da Uno São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 044/2025_x000D_
 VETO PARCIAL: § 5º do artigo 5º, do autógrafo ao Projeto de Lei nº 029/2025 (Executivo 027/2025), que autoriza o Instituto Cultural de São Lourenço do Oeste a receber patrocínio, e dá outras providências.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva nº 01/2025 de autoria do vereador Mauro Michelon, ao Projeto de Lei Complementar nº 002/2025, de autoria do vereador Altair Borges, que dispõe sobre a isenção do pagamento de taxas de inscrições em concursos públicos e teste seletivo.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva nº 01, ao projeto de lei complementar nº 05/2025, de autoria do vereador Edson Ferrari</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva nº 01, de autoria do vereador Edson Ferrari, ao Projeto de lei complementar nº 04/2025, que altera a lei complementar n° 81, de 16 de março de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>Edson Ferrari, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 001/2025, de autoria dos vereadores Edson Ferrari e Mauro Cesar Michelon, ao Projeto de Lei nº 23/2025.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva nº 001/2025, ao Projeto de Lei  nº 023/2025, de autoria dos vereadores Edson Ferrari e Mauro Cesar Michelon.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf</t>
   </si>
   <si>
     <t>Aditiva nº 06, ao projeto de lei nº 29/2025, de autoria do vereador Altair Borges.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 007/2025 (MODIFICATIVA), de autoria do vereador Mauro Cesar Michelon, ao Projeto de Lei Complementar nº 011/2025</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 008/2025 (ADITIVA), de autoria do vereador Mauro Cesar Michelon, ao Projeto de Lei Complementar nº 011/2025</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 009/2025 (SUBSTITUTIVA), de autoria do vereador Edson Ferrari, ao Projeto de Lei Complementar nº 011/2025</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 010/2025 (ADITIVA), de autoria do vereador Mauro Cesar Michelon, ao Projeto de Lei Complementar nº 016/2025</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Emenda substitutiva ao Projeto de Lei Complementar nº 011/2025, de autoria do Prefeito, que dispõe sobre o regime disciplinar e a apuração de responsabilidades dos agentes públicos do Município de São Lourenço do Oeste - SC.”</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf</t>
   </si>
   <si>
     <t>Emenda nº 12/2025 - ADITIVA, ao Projeto de Lei nº 047/2025</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf</t>
   </si>
   <si>
     <t>Emenda nº 13/2025 - MODIFICATIVA, ao Projeto de Lei nº 038/2025</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 14 - ADITIVA, do vereador Edson Ferrari, ao Projeto de Lei Complementar nº 019/2025</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf</t>
   </si>
   <si>
     <t>Emenda nº 15/2025 - Aditiva, de autoria do vereador Altair Borges e bancada do PP, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>Edison Demarchi, Cesar Luiz Piran</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf</t>
   </si>
   <si>
     <t>Emenda nº 16/2025 - Aditiva, de autoria do vereador Edison Demarchi, subscrita pelo vereador Cesar Luiz Piran, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>Julcemir Bombassaro</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf</t>
   </si>
   <si>
     <t>Emenda nº 17/2025 - Aditiva, de autoria do vereador Julcemir Bombssaro, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>Sabino Zilli, Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf</t>
   </si>
   <si>
     <t>Emenda nº 18/2025 - Aditiva, de autoria do vereador Sabino Zilli e bancada do PP, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>João Carlos Suldowski, Altair Borges, Jader Gabriel Ioris, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 19/2025 - Aditiva, de autoria do vereador João Carlos Suldowski e bancada do PP, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>Jader Gabriel Ioris, Altair Borges, João Carlos Suldowski, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 20/2025 - Aditiva, de autoria do vereador Jader Gabriel Ioris e bancada do PP, ao Projeto de Lei Complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>Cesar Luiz Piran</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf</t>
   </si>
   <si>
     <t>Emenda nº 21/2025 - Aditiva, do vereador Cesar Luiz Piran e bancada do PL, ao projeto de lei complementar nº 20/2025.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf</t>
   </si>
   <si>
     <t>Emenda nº 22/2025 (Substitutiva) - Ao Projeto de Lei Complementar Nº 20/2025.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf</t>
   </si>
   <si>
     <t>Emenda n° 023 - Aditiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf</t>
   </si>
   <si>
     <t>Emenda n° 024- Aditiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf</t>
   </si>
   <si>
     <t>Emenda n° 025 - Substitutiva, ao projeto de lei n° 85/2025 - Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 001/2025_x000D_
 Ao Projeto de Lei nº 001/2025_x000D_
 Relator: Vereador Jader Gabriel Ioris</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 002/2025_x000D_
 Ao Projeto de Lei nº 003/2025_x000D_
 Relator: Vereador Altair Borges</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 003/2025_x000D_
 Ao Projeto de Lei nº 004/2025_x000D_
 Relator: Vereador Altair Borges</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO_x000D_
 PARECER Nº 004/2025_x000D_
 Ao Projeto de Lei nº 005/2025_x000D_
 Relator: Vereador Mauro Cesar Michelon</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO._x000D_
 PARECER Nº 005/2025_x000D_
 Ao Projeto de Lei nº 008/2025_x000D_
 Relator: Vereador Jader Gabriel Ioris</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES DE: LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, FINANÇAS, ORÇAMENTO E CONTAS E DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL_x000D_
 PARECER CONJUNTO Nº 006/2025_x000D_
 Ao Projeto de Lei Complementar nº 007/2025_x000D_
 Relator: Vereador Altair Borges</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI COMPLEMENTAR Nº 003/2025.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI COMPLEMENTAR Nº 006/2025.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 001/2025.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 004/2025.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 003/2025.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 005/2025.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI N º 007/2025.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 008/2025.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI COMPLEMENTAR Nº 004/2025.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI COMPLEMENTAR Nº 005/2025.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf</t>
   </si>
   <si>
     <t>PARECER 17 (EMENDA) AO PLC 05/25.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf</t>
   </si>
   <si>
     <t>PARECER (EMENDA) AO PLC 04/25.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf</t>
   </si>
   <si>
     <t>PARECER 19/25 AO PLC 006/2025.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 20/25 AO PL 11/2025.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf</t>
   </si>
   <si>
     <t>PARECER 21/25 AO PLC 03/25.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf</t>
   </si>
   <si>
     <t>PARECER 22/25 AO PL 008/2025.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf</t>
   </si>
   <si>
     <t>PARECER 23/2025 AO PL 009/2025.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf</t>
   </si>
   <si>
     <t>PARECER 24/2025 AO PLC 002/2025 .</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf</t>
   </si>
   <si>
     <t>PARECER 25/2025 AO PL 005/2025.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO 26/2025 AO PL 13/2025.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO N. 27/2025, AO PL 06/2025.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf</t>
   </si>
   <si>
     <t>PARECER 28 - AO PLC Nº 003/2025.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf</t>
   </si>
   <si>
     <t>PARECER 29 - AO PLC Nº 006/2025.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf</t>
   </si>
   <si>
     <t>PARECER 30 - AO PL Nº 16/2025.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf</t>
   </si>
   <si>
     <t>PARECER 31 - AO PL Nº 009/2025.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf</t>
   </si>
   <si>
     <t>PARECER 32 - AO PL Nº 10/2025.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf</t>
   </si>
   <si>
     <t>PARECER 33 - AO PL Nº 15/2025.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf</t>
   </si>
   <si>
     <t>PARECER 34 - AO PL Nº 14/2025.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf</t>
   </si>
   <si>
     <t>PARECER AO PLC 02/2025</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 36 AO PL Nº 15/2025.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf</t>
   </si>
   <si>
     <t>PARECER Nº 37 AO PL Nº 14/2025.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto 38 ao PL 18/2025</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto nº 39 ao PL 17/2025.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO AO PROJETO DE LEI Nº 23/2025.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 41 AO PL Nº 22/2025.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 42 AO PL Nº 15/2025.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 43 AO PL Nº 21/2025.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 44 AO PL Nº 20/2025.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 45 AO PL Nº 19/2025.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 46 AO PL Nº 16/2025.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 47 AO PL Nº 14/2025.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER   Nº 48 AO PLC N º  009/2025.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 49 AO PL Nº 24/2025.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 50 PL 26/2025.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 51 AO PL 28/2025.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 52 AO PL Nº 27/2025.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 53 AO PLC Nº 10/2025.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 54 AO PL Nº 31/2025.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 55 AO PL Nº 32/2025.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 56 AO PL Nº 56/2025.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 57 AO PLC 009/2025.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 58 AO PLC Nº 009/2025.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 59, AO PLC Nº 10/2025.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 60, AO PL Nº 31/2025.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 61, AO PL Nº 27/2025.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 62, AO PL Nº 33/2025.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 63, AO PL Nº 32/2025.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 64 AO PL Nº 30/2025.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 65 AO PLC Nº 13/2025.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 66 AO PL Nº 32/2025.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 67 AO PL Nº 27/2025.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 68 AO PL Nº 31/2025.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 69 AO PL Nº 33/2025.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 70 AO PL Nº 30/2025.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO Nº 71 AO PL 29/2025.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 72 AO PL Nº 34/2025.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 73 AO PCP-TCE/SC (CONTAS DO MUNICÍPIO 2023)</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf</t>
   </si>
   <si>
     <t>VOTO EM SEPARADO Nº 001/2025, de autoria do vereador Mauro César Michelon,  AO PL Nº 34/2025.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 75 AO PLC Nº 12/2025.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 76/2025 AO PLC Nº 15/2025.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 77 AO PL Nº 35/2025.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 78 AO PL Nº 35/2025.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf</t>
   </si>
   <si>
     <t>PARECER 79 AO PL Nº  36/2025.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER 80 AO PLC Nº 11/2025.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 81 AO PLC Nº 16/2025.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf</t>
   </si>
   <si>
     <t>Parecer nº 125 da Comissão de Legislação, Justiça e Redação ao Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf</t>
   </si>
   <si>
     <t>Parecer nº 126 da Comissão de Legislação, Justiça e Redação, ao Projeto de Lei nº 44/2025.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx</t>
   </si>
   <si>
     <t>RELATÓRIO_x000D_
 Ao Projeto de Lei nº 001/2025_x000D_
 Relator: Vereador Jader Gabriel Ioris</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, por meio da Secretaria Municipal de Saúde, que informe sobre a quantidade de pacientes do município de São Lourenço do Oeste - SC, que estão tratando de Neoplasia Maligna (Câncer).</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado o Executivo Municipal por meio da Secretaria de Administração e Fazenda, para que preste à Câmara Municipal, dentro dos prazos legais, as seguintes informações: No art. 83 da Lei Complementar nº 118, de 23 de junho de 2010, dispõe sobre a reformulação do Estatuto dos Servidores Públicos Municipais, encontramos a gratificação por nova habilitação.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>João Carlos Suldowski</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, por meio da Secretaria Municipal de Saúde, as seguintes informações quanto aos quantitativos de atendimentos fora do domicílio, em locais com mais de 200 km de distância.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 006/2025, que “Insti-tui o Plano Municipal de Gestão Integrada de Resíduos Sólidos - PMGIRS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 007/2025, que “dispõe sobre a regulamentação da contratação de operações de crédito pelo Município de São Lourenço do Oeste em conformidade com o índice de comprometimento da folha de pagamento e dá outras providências.”</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de vista ao Projeto de Lei Complementar nº 003/2025, que altera a Lei Complementar nº 81, de 16 de março de 2007.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de vista ao Projeto de Lei Complementar nº 004/2025, que altera a Lei Complementar nº 283, de 20 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 008/2025 - Prorrogação de Prazo, de autoria do vereador Altair Borges, requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar nº 002/2025, que dispõe sobre a isenção do pagamento de taxas de inscrição em concursos públicos e testes seletivos, e adota outras providências.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de Pedido de Vista nº 006/2025, ao Projeto de Lei Complementar nº 004/2025, que altera a Lei Complementar nº 81, de 16 de março de 2007, de autoria do vereador Mauro Cesar Michelon.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 011/2025 - Precedente Regimental, de autoria do vereador Altair Borges - PP, requerendo que seja apreciado na Comissão Permanente de Legislação, Justiça e Redação relatório que conclua pela ilegalidade ou inconstitucionalidade de projeto, total ou parcial, ou de emenda, em análise, o relator deverá citar expressamente os dispositivos legais e/ou constitucionais que embasem sua fundamentação.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 10/2025, o qual aprova  o projeto do Loteamento Zucchi, com área total de 29.627,64m², e dá outras providências.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre  a Lei nº 2.635, de 18 de novembro de 2021, que dispõe sobre a obrigatoriedade da regularização e retirada dos fios e cabos inutilizados, em vias públicas, por parte das empresas concessionárias e permissionárias, estabeleceu alguns critérios e responsabilidades, seja ela pelo Poder Público, bem como pelas empresas que utilizam os postes para implantar suas redes de transmissões.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria Municipal de Educação, informações sobre as bases e diretrizes adotadas pelo Planejamento Municipal da Educação, em especial a Proposta Pedagógica do Município e se ocorrem descumprimentos arbitrários deste planejamento, ou prejuízo aos direitos de qualquer um enquanto estiverem sobre sua tutela e quais são as medidas tomadas.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf</t>
   </si>
   <si>
     <t>Requerer a retirada de tramitação da Indicação nº 19/2025, de autoria deste vereador.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf</t>
   </si>
   <si>
     <t>requerer que seja oficiada a CASAN – Companhia Catarinense de Águas e Saneamento, a ser encaminhada ao Chefe da Agência de São Lourenço do Oeste, referente alterações na coloração da água, a qual está saindo marrom/amarelada, com aspecto de sujeira, desde o início deste mês.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf</t>
   </si>
   <si>
     <t>Requerem Tramitação de Urgência Especial ao Projeto de Lei Complementar nº 008/2025, de autoria do Prefeito Municipal o qual “Autoriza os chefes do Poder Executivo e do Poder Legislativo a conceder recomposição e revisão dos vencimentos dos servidores públicos municipais da administração direta e indireta, ativos, inativos, pensionistas, conselheiros tutelares, e dá outras providências.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf</t>
   </si>
   <si>
     <t>Requerendo ao Executivo Municipal, por meio da Secretaria Municipal de Desenvolvimento Urbano, informações relacionadas ao Cemitério Municipal Jardim da Saudade.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer ao Executivo Municipal, por meio da Secretaria Municipal de Administração e Fazenda (Departamento de Licitações) as seguintes informações relacionadas ao Processo Licitatório nº 003/2025 (Pregão eletrônico nº 003/2025).</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer informações do Executivo Municipal e da Defesa Civil sobre a Rua Vereador Roberto Wolkmer.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>Mauro Cesar Michelon, Edson Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre o Ofício nº 001/2024/SDU/SLO, de 22 de março de 2024, que versa sobre a topografia da Rua Gilio Rezzieri juntamente com a Rua Lauro Muller, o qual não permite o escoamento adequado das águas pluviais para outros locais devido às curvas de nível, bem como a Notícia de Fato nº 01.2024.00005232-3 da 2ª Promotoria de Justiça da Comarca de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf</t>
   </si>
   <si>
     <t>Requerendo informações sobre qual data será realizada a abertura oficial da Travessa Ivo Antônio Galiazzi, situada no Bairro Perpétuo Socorro, entre a Avenida Brasil e Rua Gilio Rezzieri.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf</t>
   </si>
   <si>
     <t>Requerendo do Executivo Municipal, relação de todos os proprietários de imóveis localizados nas vilas e Distritos do nosso Município, os quais pagam taxa de iluminação pública (COSIP), vinculada ao carnê do IPTU.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer a retirada de tramitação, projeto de lei complementar nº 02/2025, que dispõe sobre a isenção do pagamento de taxas de inscrição em concursos públicos e testes seletivos, em trâmite nesta Casa de Leis, com amparo no art. 218, alínea “a”, do Regimento Interno.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao  Parecer Prévio do Tribunal de Contas de Santa Catarina, referente às contas do Prefeito municipal Rafael Caleffi/Agustinho Assis Menegatti (PCP 24/00254820).</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf</t>
   </si>
   <si>
     <t>Requerer informações relativas ao abrigamento de crianças e adolescentes em lar temporário.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf</t>
   </si>
   <si>
     <t>Requer da Administração pública, informações sobre o asfaltamento realizado no trecho entre as comunidades de São Roque e Ouro Verde.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 025/2025, que “Altera a Lei nº 1.758, de 06 de agosto de 2008, que institui o Serviço Abrigo Domiciliar para crianças e adolescentes com direitos ameaçados ou violados, e dá outras providências.”</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 029/2025, que “Autoriza o Instituto Cultural de São Lourenço do Oeste a receber patrocínio, e dá outras providências.”</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado o Executivo Municipal e o Sindicato dos Servidores Públicos Municipais – SITRASLO, referente a informações sobre o Projeto de Lei Complementar nº 011/2025, o qual Dispõe sobre o regime disciplinar e a apuração de responsabilidades dos agentes públicos do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar nº 11/2025, que dispõe sobre o regime disciplinar e a apuração de responsabilidades dos agentes públicos do Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf</t>
   </si>
   <si>
     <t>Nº 32 - Pedido de informações, de autoria do vereador Mauro Cesar Michelon e Co-Autor Edson Ferrari, solicitando do Executivo Municipal, informações relacionadas a aquisição de veículo automotor realizada pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>Ofício nº 139/2025/GP/SLO, requerendo a retirada do Projeto de Lei Complementar nº 008/2025 (numeração do Poder Executivo), que “altera a Lei Complementar nº 56, de 14 de outubro de 2005”, em curso nesta Casa Legislativa, com protocolo nº 439/2025.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja apresentado o número de fontes e cisternas já construídas no período de 21/08/2023 à 28/04/2025, se possível identificar o nome do beneficiado, local e o número de pessoas atendidas, nos mesmos termos do requerimento nº 019/2023 apresentado por este vereador em 21 de agosto de 2023.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer informações relacionadas ao número de diabéticos Mellitus tipo 1 e 2, que atualmente encontram-se cadastrados na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf</t>
   </si>
   <si>
     <t>Requerer a Companhia de Água e Saneamento CASAN, que informe a esta Casa de Leis a existência de protocolo, ou procedimento administrativo para a suspensão ou abatimento de pagamento de tarifa de água dos meses de abril e maio do corrente, devido à prestação do serviço de forma deficitária, com inúmeras interrupções neste período.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 38/2025 - Pedido de Informações, de autoria do vereador Altair Borges e bancada do PP, requerendo da Companhia de Água e Saneamento CASAN, e ao Conselho Municipal da Cidade - CONCISLO, informações referentes a obrigatoriedade de instalação de reservatório de água em todos os novos loteamentos.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de mais 15 (quinze) dias prazo para apresentar relatório ao Projeto de Lei Complementar nº 14/2025, que dispõe sobre  a isenção do Imposto Predial e Territorial Urbano - IPTU aos contribuintes diagnosticados com Neoplasia Maligna - Câncer, tendo em vista a expiração do prazo regimental e a necessidade deste relator em se aprofundar na matéria.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao Chefe do Executivo Municipal, por meio do setor competente, para que encaminhe à esta Casa Legislativa informações relacionadas ao número de pessoas ostomizadas no âmbito do município de São Lourenço do Oeste,</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao Chefe do Executivo Municipal, por meio do setor competente, para que encaminhe à esta Casa Legislativa informações relacionadas ao número de pessoas que atualmente estão cadastrados na Secretaria Municipal de Saúde portadoras das seguintes doenças.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf</t>
   </si>
   <si>
     <t>Requerer dilação de mais 15 (quinze) dias de prazo para apresentar relatório ao Projeto de Lei Complementar nº 12/2025, que Altera a Lei Complementar 265, de 20 de agosto de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 43, do vereador Mauro Cesar Michelon - Pedido de informações relacionadas ao projeto de lei que instituirá o Programa de Inclusão Produtiva e Empregabilidade, denominado “Valoriza São Lourenço”:</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 038/2025, que “Institui o Programa de Inclusão Produtiva e Empregabilidade, denominado “Valoriza São Lourenço”, e dá outras providências.”</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar nº 011/2025, que “Dispõe sobre o regime disciplinar e a apuração de responsabilidades dos agentes públicos do Município de São Lourenço do Oeste - SC.”</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf</t>
   </si>
   <si>
     <t>Requerendo da ACISLO, CDL e Núcleo de Supermercados, informações de relevância para subsidiar o parecer aos projetos de Leis nºs 43 e 44, em trâmite na comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf</t>
   </si>
   <si>
     <t>Requerendo informações das entidades e órgãos do setor Público e Privado, mencionados a seguir, para subsidiar o parecer ao projeto de Lei nº 44, em trâmite na comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 48, do vereador Altair Borges, requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 043/2025, que “Estabelece diretrizes à utilização de material biodegradável em substituição ao material plástico", pois necessita aguardar resposta do requerimento 46/2025, onde requereu informações para melhor subsidiar seu relatório ao citado Projeto de Lei.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 49, do vereador Altair Borges, requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 044/2025, que “Altera a Lei nº 2.250, de 04 de dezembro de 2015, que dispõe sobre o acondicionamento de mercadorias em sacolas retornáveis, ou ecologicamente corretas, no comércio varejista de São Lourenço do Oeste.”, a fim de aguardar resposta dos requerimentos nº 46/2025 e 47/2025, onde requereu informações para melhor subsidiar seu relatório ao citado Projeto de Lei.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 50 - Pedido de Informações, do vereador Mauro Cesar Michelon, requerendo do Chefe do Executivo Municipal e do Secretário Municipal de Educação, informações sobre o Projeto de Lei Complementar nº 18, de 16 de junho de 2025.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 51 - Pedido de retirada de proposição, do vereador Mauro Cesar Michelon, requerendo a retirada de tramitação do requerimento nº 50/2025, que solicita informações sobre o Projeto de Lei Complementar nº 18, de 16 de junho de 2025, que dispõe sobre o novo Plano de Carreira e Remuneração do Magistério Público Municipal de São Lourenço do Oeste e dá outras providências”, em curso nesta Casa Legislativa, com protocolo nº 624/2025.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 52/2025 - Pedido de Informações, do vereador Edson Ferrari, requerendo do Chefe do Executivo Municipal e do Secretário Municipal de Assistência Social, informações acerca da aplicação da Lei nº 2.222/2015, referente ao repasse para reforma de moradias de famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 53/2025 - Pedido de informações, do vereador Mauro César Michelon, requerendo do Chefe do Executivo Municipal e do Secretário Municipal de Educação, para que preste as informações sobre o Projeto de Lei Complementar nº 19, de 26 de junho de 2025.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 54/2025 - Prorrogação de Prazo, do vereador Mauro César Michelon, requerendo prorrogação de mais 15 (quinze) dias prazo para apresentar relatório ao Projeto de Lei Complementar nº 14/2025.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 55/2025 - Urgência Especial, ao projeto de lei nº 53/2025, que autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organizações da sociedade civil.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando declaração de voto</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf</t>
   </si>
   <si>
     <t>Vereador Jader Gabriel Ioris, autor do projeto de lei complementar nº 14/2025, requereu a retirada de tramitação da citada matéria.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski, Julcemir Bombassaro, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf</t>
   </si>
   <si>
     <t>Urgência Especial, dos vereadores das bancadas do PP e PSD, ao projeto de lei nº 56/2025, que altera a Lei n. 2.906, de 1º de julho de 2025, que autoriza o Poder Executivo Municipal a conceder auxílio financeiro a organizações da sociedade civil.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei nº 54/2025.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf</t>
   </si>
   <si>
     <t>Requerendo do Chefe do Executivo Municipal, bem como da Diretora da UPA e da Coordenação do SAMU local, informações detalhadas sobre a atual organização da escala de plantões dos profissionais que atuam no SAMU.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf</t>
   </si>
   <si>
     <t>Requerer informações pertinentes a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf</t>
   </si>
   <si>
     <t>Retirada de tramitação do Projeto de Lei nº 43/2025.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf</t>
   </si>
   <si>
     <t>Pedido de vistas ao parecer nº 126, da Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf</t>
   </si>
   <si>
     <t>Adiamento de discussão ou votação ao parecer nº 126, da Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 065/2025, do vereador Jader Gabriel Ioris, requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar nº 20/2025, que “Altera a Lei Complementar Municipal n° 146, de 28/12/2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste - SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 66, do vereador João Carlos Suldowski, requerendo ao Executivo Municipal, informações pertinentes a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 67, do vereador Jader Gabriel Ioris, requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar nº 20/2025 que “Altera a Lei Complementar Municipal n° 146, de 28/12/2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste - SC, e dá outras providências.”</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 068/2025, do vereador Altair Borges, requerendo informações do Sindicato dos Servidores Públicos Municipais - SITRASLO, relacionadas à Comissão para Revisão do Estatuto dos Servidores Públicos Municipais de São Lourenço do Oeste, nomeada pelo Decreto nº 9.130, de 1º de agosto de 2025.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 069/2025, do vereador Mauro Cesar Michelon, requerendo do Executivo Municipal informações sobre a Segurança no Trabalho.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado o Presidente do CONCISLO – Conselho da Cidade de São Lourenço do Oeste, para que dentro dos prazos legais, se posicione sobre as informações referentes ao Projeto de Lei Complementar nº 20/2025 o qual “altera a Lei Complementar Municipal n° 146, de 28/12/2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste - SC, e dá outras providências”.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar n. 20/2025, que “Altera a Lei Complementar Municipal n° 146, de 28/12/2012, que institui o Plano Diretor Participativo do Município de São Lourenço do Oeste - SC, e dá outras providências.”</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Altair Borges, Edison Demarchi, João Carlos Suldowski, Mauro Cesar Michelon</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf</t>
   </si>
   <si>
     <t>Pedido de informações, requerendo que seja oficiado o Executivo Municipal para que preste à Câmara Municipal, dentro dos prazos legais, as seguintes informações pertinentes ao cartão vale-alimentação FaceCard:</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja oficiado o Executivo Municipal e a Secretaria Municipal de Saúde, para que dentro dos prazos legais, se posicionem sobre as seguintes informações sobre o atendimento a pacientes que fazem uso de medicamentos injetáveis nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei   n. 75/2025, que “Institui a Política Municipal de Atenção às Pessoas Ostomizadas no âmbito do município de São Lourenço do Oeste e dá outras providencias.”</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf</t>
   </si>
   <si>
     <t>Requerendo prorrogação de prazo para apresentar relatório ao Projeto de Lei   n. 77/2025, que “Dispõe sobre a alteração da Lei Municipal nº 1.807, de 27 de maio de 2009.”</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf</t>
   </si>
   <si>
     <t>Requerendo a participação de forma remota da 35ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 17ª Legislatura, em 03/11/2025.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial ao Projeto de Lei n° 86/2025 - Declara de Utilidade Pública a Sociedade Rural do Noroeste de Santa Catarina.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf</t>
   </si>
   <si>
     <t>Prorrogação de prazo para apresentar relatório ao Projeto de Lei n. 85/2025, que “Altera a Lei nº 2.374, de 20 de dezembro de 2017, que autoriza o Poder Executivo Municipal a custear parte do transporte de alunos do ensino superior.”</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf</t>
   </si>
   <si>
     <t>Requerer prorrogação de prazo para apresentar relatório ao Projeto de Lei Complementar n. 32/2025, que “Cria programa de cooperação entre o Município de São Lourenço do Oeste e a ACISLO - Associação Empresarial e Cultural de São Lourenço do Oeste, e dá outras providências.”</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf</t>
   </si>
   <si>
     <t>Requer o recebimento de declaração de voto ao PROJETO DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO Nº 02, DE 19 DE NOVEMBRO DE 2025, com posterior inclusão/transcrição na ata da sessão, em inteiro teor.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial ao projeto de lei nº 93/2025, que Autoriza o Poder Executivo Municipal a realizar a abertura de crédito adicional - anulação de dotações, no orçamento programa de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de veículo tipo Van com no mínimo 17 lugares, adaptado com plataforma elevatória para cadeirantes, para transportar usuários SUS para tratamento fora do domicílio – TFD, cidades do Estado de SC e inclusive a outras cidades de outros estados da federação.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf</t>
   </si>
   <si>
     <t>“Implantação de redutor de velocidade (lombada) na rua Hermes Gabriel Ioris Loteamento Jardim Borges, no bairro Santa Catarina”.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf</t>
   </si>
   <si>
     <t>Criação do Plano Municipal de Esportes.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf</t>
   </si>
   <si>
     <t>Melhoramento no acesso à Escola Básica Municipal Nossa Senhora de Lourdes, no Distrito de Presidente Juscelino.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf</t>
   </si>
   <si>
     <t>Melhorias no acostamento do Contorno Industrial Cairu Hack, entre as Ruas Justina Bodanese Moretto e Selvino Galeazzi, no Bairro Santa Catarina.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf</t>
   </si>
   <si>
     <t>Instalação de proteção, paredes em vidro ou material correlato, na área de espera da Unidade de Saúde do Bairro Cruzeiro.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf</t>
   </si>
   <si>
     <t>Reajuste do recurso repassado a APAE para o ano de 2025.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf</t>
   </si>
   <si>
     <t>Viabilização de atendimento do Programa Estadual de Energia Trisfásica para as Linhas São João, São Caetano e Taquari.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf</t>
   </si>
   <si>
     <t>Viabilização da implantação da coleta regular de resíduos nas empresas localizadas as margens das rodovias que dão acesso aos distritos do município.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade de inclusão de rótulas nas Ruas Guilherme Hack com a Rua Benedita Libardoni e Rua Guilherme Hack com a Rua Luiza Ebling.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf</t>
   </si>
   <si>
     <t>Construção de banheiros sanitários, masculino e feminino externos nos Postos de Saúde no Distrito de Presidente Juscelino, São Roque e Frederico Wastner.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 012/2025, de autoria do vereador João Carlos Suldowski e Bancada do PP, direcionada a Defesa Civil do Município de São Lourenço do Oeste, para:	Aquisição de uma caixa d’água de 20.000 litros para atender os moradores da Linha São Miguel, interior do município.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 013/2025, de autoria do vereador João Carlos Suldowski e Bancada do PP, direcionada ao Executivo Municipal, por meio da Secretaria Municipal do Desenvolvimento Urbano, para: Melhorias n sinalização viária em frente a Escola Básica Municipal São Lourenço, localizada as margens da SC-480, Bairro São Francisco.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf</t>
   </si>
   <si>
     <t>Melhorias no Cemitério do Centro com a instalação de mais pontos de água e também a colocação de paver.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf</t>
   </si>
   <si>
     <t>Instalação de ares-condicionados em todas as salas de aula, na Escola Básica Municipal São Roque, no Distrito de São Roque.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf</t>
   </si>
   <si>
     <t>Melhorias com ampliação da ponte na Linha São Caetano que dá acesso as propriedades de Elio Deon, Pedro de Césaro e demais moradores.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>Cesar Luiz Piran, Edison Demarchi</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf</t>
   </si>
   <si>
     <t>Aquisição de micro-ônibus para atender as atividades do Comitê Desportivo Municipal e Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf</t>
   </si>
   <si>
     <t>“Melhorias na iluminação pública.”</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf</t>
   </si>
   <si>
     <t>Extensão de direitos previstos no Estatuto do Servidor Público ao pessoal contratado em caráter temporário para atender necessidades de excepcional interesse público no âmbito do magistério público municipal.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf</t>
   </si>
   <si>
     <t>Fornecimento de água tratada para o Bairro São Vicente.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf</t>
   </si>
   <si>
     <t>Colocação de exaustores no telhado e toldo em frente ao ginásio do CEIM Mundo Colorido.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade para demarcação do estacionamento no Centro de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar com a máxima urgência, o passeio público (modelo paver) na rua Isaías Abati entre a rua Ademar Bratti e a Rua Maria Piovezana Guarnieri, no bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição do piso da Arena São Lourenço por uma quadra de piso flutuante.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf</t>
   </si>
   <si>
     <t>Instalação de sombreamento nos Parques das Escolas Municipais Nossa Senhora de Lourdes e Monteiro Lobato.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica nas Ruas Edmar Hack e Osvaldo Santin.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf</t>
   </si>
   <si>
     <t>Instalação de corrimão nas escadarias da Praça da Liberdade.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para implantação de lombadas eletrônicas ou radar eletrônico nas ruas do Município.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para reajuste dos valores repassados através de edital de fo-mento para Entidades Culturais de São Lourenço do Oeste – SC.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição dos braços e das lâmpadas convencionais para lâmpadas de LED.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação pública na Rua Olávio Erbes, acesso ao Loteamento Daniel e Linha Macaco.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 32/2025, de autoria do vereador Edison Demarchi e Bancada do PL, direcionada ao Poder Executivo Municipal e Secretaria Municipal de Desenvolvimento Urbano, para: Substituição e implantação de braços e suporte das lâmpadas de Led na Comunidade Novo Guaporé.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade para fechamento das laterais da área coberta e ginásio de esportes da Escola Básica Municipal Irmã Cecilia.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição de lâmpadas na Comunidade Frederico Wastner.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf</t>
   </si>
   <si>
     <t>Implantação de câmeras de vigilância e melhorias na iluminação dos cemitérios municipais.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf</t>
   </si>
   <si>
     <t>Melhorias nas Praças da Bandeira e da Liberdade, com instalação de coberturas tipo sombrite nos brinquedos infantis, e disponibilização de banheiros.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição de ponte de madeira e tubulação por galerias de concreto, na Linha São Caetano.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf</t>
   </si>
   <si>
     <t>Tapa-buraco na rua Guilherme Hack, Loteamento Vale das Hortênsias.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf</t>
   </si>
   <si>
     <t>Estudos de viabilidade de pontos turísticos na Zona Rural, que detenham potencial para exploração de Ecoturismo.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação da Rua João Beux Sobrinho.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf</t>
   </si>
   <si>
     <t>Substituição de tubulação de rede de água, entre a substação no Bela Vista até o trevo da Efaislo.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf</t>
   </si>
   <si>
     <t>Limpeza no passeio e ajardinamento no canteiro localizados na Rodovia SC-480, acesso aos Loteamentos Cardoso e Vida Nova, a EBM. São Lourenço, e a Uno São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf</t>
   </si>
   <si>
     <t>Alteração do estacionamento para paralelo e recuperação da via na rua Rio de Janeiro entre as ruas Coronel Bertaso e Dom Pedro II.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf</t>
   </si>
   <si>
     <t>Melhorias na Infraestrutura da Estrada Geral da Linha Santo Antônio e Jacutinga.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para instalação de cobertura para os playgrounds das Escolas e CEIM’S da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação pública e coleta de lixo – Rua Justina Bodanesse Moretto.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf</t>
   </si>
   <si>
     <t>Concessão de ajuda de custo a pacientes que necessitam de pernoites em cidades distantes.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf</t>
   </si>
   <si>
     <t>Contratação de Médico pediatra para atuar na Unidade de Pronto Atendimento (UPA) do município.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade para Inclusão das modalidades esportivas de Beach Tennis e Futevôlei no “Programa Vivendo Esporte”.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 50, de autoria do vereador Altair Borges e bancada do PP, direcionada ao Poder Executivo de São Lourenço do Oeste e ao Departamento de Meio Ambiente, para: Proposta de projeto de lei, criando o “Programa de incentivo a captação e aproveitamento de águas pluviais”, autorizando o Município a conceder incentivo fiscal ou subsidiar parcialmente a construção das cisternas/reservatórios no perímetro urbano.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 51, do vereador Edison Demarchi, direcionada ao Executivo Municipal e a Secretaria Municipal de Agricultura e Meio Ambiente, para: Coleta de lixo duas vezes por semana nas comunidades de Lageado Antunes e Três Voltas.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 52, do vereador Edison Demarchi, direcionada ao Executivo Municipal e a Secretaria Municipal de Agricultura e Meio Ambiente, para: Melhoria na ponte que liga a comunidade de Lajeado Antunes a Linha Alvorada.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Instalação de um braço de iluminação na Rua Motorista Valdir Cavinatto.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf</t>
   </si>
   <si>
     <t>Perfuração de poço artesiano na comunidade de Linha Limoeiro.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rua Luís Meneghetti Filho.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Viabilização de Implantação de iluminação pública no canteiro central na Rua Rui Barbosa, entre as Ruas Saldanha da Gama e Jarbas Mendes.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para incentivo financeiro para custeio de transporte aos clubes de mães.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf</t>
   </si>
   <si>
     <t>Obras de alargamento e melhoria nas cabeceiras da ponte situada entre as comunidades da Linha Santa Inês e Santos Dumont.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf</t>
   </si>
   <si>
     <t>Prorrogação do Programa Fonte Cheia.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação pública da praça do Bairro Progresso e entornos.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf</t>
   </si>
   <si>
     <t>Realização de campanha de orientação, conscientização e incentivo para o uso das sacolas retornáveis no comércio.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf</t>
   </si>
   <si>
     <t>Instalação de um redutor de velocidade (faixa elevada) em frente ao Centro de Educação Infantil Cora Coralina, situada na rua Lauro Muller no bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf</t>
   </si>
   <si>
     <t>Planejamento para abertura e pavimentação do acesso ao Loteamento Jardim Itália, via Loteamento Vida Nova e Uno São Lourenço.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica nas ruas de acesso ao Loteamento Allievi, e de ligação com os novos loteamentos Dona Matilde e Bela Vista, sendo: Ermenegilda Allievi, Carmelita Bianchi, João Generoso Peres, Pedro Álvares Cabral, e Travessas Atílio Galeazzi e Beno Erbes.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf</t>
   </si>
   <si>
     <t>Colocação de obstáculos no Contorno Viário Armindo Ecker no ponto de acesso a Rua Olávio Erbes, antiga Mozart Pinto, sentido a comunidade de Santo Antônio.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf</t>
   </si>
   <si>
     <t>Realização de Termo de Cessão de Uso de Espaço Público para o Grupo Folkloristico San Gaitano.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf</t>
   </si>
   <si>
     <t>Implantação de estrutura adequada para lazer e recreação para crianças e adolescentes na rua Laurindo Dalla Vecchia, no Loteamento Premier, próximo aos Loteamentos Meneguetti III e Jardim Borges.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf</t>
   </si>
   <si>
     <t>Nº 68, do vereador Edson Ferrari, direcionada ao Executivo Municipal e Secretaria Municipal de Desenvolvimento Urbano, para: Demarcação de ponto de ônibus com placa ou pintura no asfalto, na rua Dom Pedro II, no Loteamento Allievi.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para isenção de IPTU para os contribuintes com as doenças listadas nas Leis Federais nºs 7.713/88 e 11.052/2024.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>Jader Gabriel Ioris, João Carlos Suldowski, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para criação de parceria entre APAE, Secretaria Municipal de Saúde e Profissionais Liberais da área de odontologia.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para ampliação do Programa Viver Bem.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>Cesar Luiz Piran, Edison Demarchi, Jader Gabriel Ioris, João Carlos Suldowski, Julcemir Bombassaro, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf</t>
   </si>
   <si>
     <t>Adesão do Município de São Lourenço do Oeste ao Programa Estadual “Estrada Boa Rural”.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para revitalização do Ginásio Municipal Adilson Rogério da Croce.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf</t>
   </si>
   <si>
     <t>Pavimentação em concreto nas Ruas 101, 102, 103 e 104, no Bairro Brasília.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf</t>
   </si>
   <si>
     <t>Viabilização de construção de praças no Bairro Cruzeiro e no Loteamento Jardim Borges/Meneguetti.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf</t>
   </si>
   <si>
     <t>Realização de obras de pavimentação asfáltica na Rua Pedro Spricigo, localizada no Bairro Cruzeiro.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para troca de postes de eucalipto por postes de concreto da linha de transmissão alta de energia elétrica.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 078/2025, de autoria do vereador Cesar Luiz Piran e subscrita pelo vereador Edison Demarchi, direcionada ao Executivo Municipal e ao coordenador da Defesa Civil do Município, para: Substituição das caixas d’água da Associação de Moradores do Distrito de São Roque.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 79, do vereador João Carlos Suldowski, direcionada ao Executivo Municipal e à Secretaria de Assistência Social, para: Prestação de serviços de educador físico aos Clubes de Idosos dos Distritos.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 080/2025, de autoria do vereador Jader Gabriel Ioris e Bancada do PP, direcionada ao Executivo Municipal, para: Estudo de viabilidade de inclusão de rótula em via pública, rua Aldo Lemos com a rua Gílio Rezzieri.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 81, de autoria do vereador Jader Gabriel Ioris e bancada do PP, direcionada ao Executivo Municipal, para: Estudo de viabilidade para implantação de Carteirinha do Transporte Escolar para os Alunos da Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 082/2025, de autoria do vereador Sabino Zilli e bancada do PP, direcionada ao Executivo Municipal e a empresa Kellanova, para: Instalação de chimarródromo e água potável resfriada na Praça da Liberdade.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 083/2025, do vereador Jader Gabriel Ioris e Bancada do PP, direcionada ao Executivo Municipa, para: Estudo de viabilidade para a (re)abertura do Programa de Recuperação Fiscal - REFISLO</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf</t>
   </si>
   <si>
     <t>Nº 84, do vereador Altair Borges e Bancada do PP, direcionada ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano, para: Implantação de ponto de ônibus no final da Rua Ernesto Beuter com o Contorno Viário Armindo Ecker.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf</t>
   </si>
   <si>
     <t>Indicação nº 85, do vereador Altair Borges e bancada do PP, direcionada ao Prefeito Municipal e ao Secretário de Desenvolvimento Urbano e ao Secretário de Assistência Social, para: Estudo para utilização de sobra de áreas públicas no loteamento Vida Nova que não tem metragem para construção de moradia, para implantação de playground ou praça.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf</t>
   </si>
   <si>
     <t>Indicação nº 86, de autoria do vereador Altair Borges e Bancada do PP, direcionada ao Prefeito Municipal aos Secretários de Desenvolvimento Urbano e de Educação, para:  Melhorias e troca de lugar do ponto de ônibus na rua Lauro Muller com a rua Dom Pedro II.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Elaboração de projeto de custeio das despesas de alunos, professores e orientadores que participem de feiras de ciências fora do Município.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Troca do pavimento do Ginásio Poliesportivo localizado no Bairro São Francisco.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade para a criação do “cashback” do IPTU .</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf</t>
   </si>
   <si>
     <t>Restauração e/ou substituição das placas indicativas das comunidades do interior do município.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf</t>
   </si>
   <si>
     <t>Conserto de provável rompimento de tubulação pluvial na Rua Irineu Bornhausen, nº 641 – Bairro São Francisco.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Instalação de Câmeras de Segurança no Transporte Escolar no Município de São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf</t>
   </si>
   <si>
     <t>Substituição da tubulação de escoamento de águas pluviais na Rua das Bananeiras, Loteamento Bentinho.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para estender o benefício do auxílio-transporte universitário aos estudantes residentes na área rural do município.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Instalação de corrimão no cemitério do distrito de Presidente Juscelino.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf</t>
   </si>
   <si>
     <t>Melhorias nas Pontes da Linha Jacutinga e Linha Carniel, no distrito de Presidente Juscelino.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para efetivação do Programa Espaço Literário.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf</t>
   </si>
   <si>
     <t>Viabilização de projeto de lei para contratação de serviços médicos de média e alta complexidade, e transporte de pacientes não atendidos pelo SUS.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf</t>
   </si>
   <si>
     <t>Projeção e construção de infraestrutura viária (marginal) no Contorno Armindo Ecker.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf</t>
   </si>
   <si>
     <t>Aquisição de desfibrilador externo automático (DEA) para utilização em eventos esportivos em São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf</t>
   </si>
   <si>
     <t>Estudos de viabilização para cobertura da quadra esportiva da Escola em Tempo Integral.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Regulamentação e retirada das casinhas para cachorros instaladas nas vias públicas.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf</t>
   </si>
   <si>
     <t>Melhoria na Qualidade de Sinal de Telefonia Móvel e Internet Móvel.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade de compensação de área verde e área pública.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf</t>
   </si>
   <si>
     <t>Coleta de lixo nas comunidades das linhas São João e São Caetano, no Distrito de Frederico Wastner.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para a descentralização das oficinas do ICSL para escolas do interior.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para melhoria da estrutura da Feira do Produtor Rural.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para isenção, remissão e redução na alíquota do Imposto sobre a Transmissão de Bens Imóveis - ITBI.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Jader Gabriel Ioris, Altair Borges, Cesar Luiz Piran, Edison Demarchi, Edson Ferrari, João Carlos Suldowski, Julcemir Bombassaro, Mauro Cesar Michelon, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf</t>
   </si>
   <si>
     <t>Apoio à autorização para funcionamento de curso de graduação em medicina no município de São Lourenço do Oeste,  na insituição de ensino Unochapecó - Campus São Lourenço do Oeste.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>João Carlos Suldowski, Altair Borges, Cesar Luiz Piran, Edison Demarchi, Edson Ferrari, Jader Gabriel Ioris, Julcemir Bombassaro, Mauro Cesar Michelon, Sabino Zilli</t>
   </si>
   <si>
     <t>Moção de Aplausos, a ser encaminhada ao São Lourenço Futebol Clube, em razão da Conquista da Copa Liga Chapecoense, Pré Estadual de futebol 2025.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>MOÇÃO nº 02/2025 - Aplausos, de autoria dos vereadores João Carlos Suldowski e Jader Gabriel Ioris, e Bancadas PP, PL, PSD e MDB, a ser encaminhada ao São Lourenço Futebol Clube, em razão da Conquista da Copa Liga Chapecoense, Pré Estadual de futebol 2025.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, a ser encaminhada ao Senhores Vinicius Soares Ribeiro e Cátia Cilene Schafer, em razão do Reconhecimento por Ações de Enfrentamento à Dengue em Congresso Estadual, realizado na cidade de Blumenau – SC.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA, Altair Borges, Cesar Luiz Piran, Edison Demarchi, Edson Ferrari, Jader Gabriel Ioris, João Carlos Suldowski, Julcemir Bombassaro, Mauro Cesar Michelon, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf</t>
   </si>
   <si>
     <t>APOIO aos Projeto de Lei nº 1904/2024, em trâmite no Congresso Nacional, de autoria de várias dezenas de deputados, que penaliza quem matar um ser humano já viável, nos últimos meses da gestação, com pena conforme o delito de homicídio simples, assim como ao Projeto de Decreto Legislativo nº 03/2025,  que susta os efeitos da Resolução nº 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente (CONANDA).</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>PP, Altair Borges, Jader Gabriel Ioris, João Carlos Suldowski, Sabino Zilli</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de São Lourenço do Oeste, estado de Santa Catarina, manifesta congratulações aos proprietários e colaboradores da Rádio Doze de Maio Ltda, pelas comemorações dos 45 anos de fundação e serviços prestados a sociedade.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf</t>
   </si>
   <si>
     <t>Moção nº 07/2025 - de Pesar, de autoria das bancadas do PP, PL e PSD, aos familiares do Senhor Ricardo Pettinelli.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf</t>
   </si>
   <si>
     <t>Moção nº 08/2025 - de Apoio, de autoria do vereador João Carlos Suldowski e bancadas do PP, PL e PSD, a ser encaminhada à Secretaria Municipal de Saúde, manifestando apoio à campanha de valorização à vida: “A sua história ainda tem muito pra viver!”</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf</t>
   </si>
   <si>
     <t>MOÇÃO nº 09/2025 de Aplauso, de autoria dos vereador Jader Gabriel Ioris e bancada do PP, a ser encaminhada a senhora Adriana Biazussi Lolatto, em razão do Reconhecimento por conquistas em Festivais de Dança nas cidades de Curitiba-PR e Chapecó-SC - através da Inspirar Escola de Dança.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, a ser encaminhada ao projeto “Clube de Ciências”, representado pelo professor Gabriel Martinelli, estendendo a todos participantes.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso, a ser encaminhada aos integrantes do Grupo Jovem Vida, em razão do reconhecimento pelas ações desenvolvidas em favor da comunidade lourenciana, especialmente na área social.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada as Professoras Nilza Maria Lazzarotto, Lourdes Helena Galeazzi e Guerta Salete Beck, em razão do reconhecimento pelos serviços prestados no Projeto Espaço Literário.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Projeto de Lei nº 768/2025, em trâmite na Assembleia Legislativa de Santa Catarina, de autoria do Deputado Altair Silva, que “Proíbe a reconstituição de leite em pó de origem importada para venda como leite fluído no Estado de Santa Catarina e estabelece sanções aos infratores”.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, a ser encaminhada aos Profissionais da Educação Rosi Mari Brandalize de Miranda, Jackson Smiderle e Claciane Villa, em razão do Reconhecimento pelos serviços prestados no Projeto Aprender a Empreender.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Projeto de Decreto Legislativo nº 851/2025, de autoria do Deputado Federal Valdir Cobalchini (MDB-SC), que tem por objetivo suspender os efeitos do Decreto nº 12.686/2025, do Governo Federal, que institui a chamada “Política Nacional de Educação Especial Inclusiva”.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata de Sessão Plenária</t>
   </si>
   <si>
     <t>Secretaria Executiva - SECR</t>
   </si>
   <si>
     <t>Ata da décima primeira (11ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf</t>
   </si>
   <si>
     <t>Ata da décima segunda (12ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf</t>
   </si>
   <si>
     <t>Ata da décima terceira (13ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf</t>
   </si>
   <si>
     <t>Ata da décima quarta (14ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf</t>
   </si>
   <si>
     <t>Ata da terceira (3ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf</t>
   </si>
   <si>
     <t>Ata da décima quinta (15ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf</t>
   </si>
   <si>
     <t>Ata da décima sexta (16ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf</t>
   </si>
   <si>
     <t>Ata da décima sétima (17ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>Ata da quarta (4ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf</t>
   </si>
   <si>
     <t>Ata da décima oitava (18ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf</t>
   </si>
   <si>
     <t>Ata da quinta (5ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf</t>
   </si>
   <si>
     <t>Ata da décima nona (19ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>Ata da vigésima (20ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf</t>
   </si>
   <si>
     <t>Ata da sexta (6ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>Ata da vigésima primeira (21ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf</t>
   </si>
   <si>
     <t>Ata da vigésima segunda (22ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf</t>
   </si>
   <si>
     <t>Ata da sétima (7ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço _x000D_
 do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>Ata da vigésima terceira (23ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf</t>
   </si>
   <si>
     <t>Ata da vigésima quarta (24ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf</t>
   </si>
   <si>
     <t>Ata da vigésima quinta (25ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>Ata da vigésima sexta (26ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>Ata da vigésima sétima (27ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf</t>
   </si>
   <si>
     <t>Ata da oitava (8ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço _x000D_
 do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf</t>
   </si>
   <si>
     <t>Ata da vigésima oitava (28ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>Ata da vigésima nova (29ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima (30ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>Ata da nona (9ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima primeira (31ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf</t>
   </si>
   <si>
     <t>Ata da décima (10ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima segunda (32ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima terceira (33ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>Ata da trigésima quarta (34ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima quinta (35ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima sexta (36ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima sétima (37ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>Ata da trigésima oitava (38ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf</t>
   </si>
   <si>
     <t>Ata da trigésima nona (39ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf</t>
   </si>
   <si>
     <t>Ata da quadragéssima (40ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf</t>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf</t>
   </si>
   <si>
     <t>Ata da quadragéssima primeira (41ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ata-42.pdf</t>
+  </si>
+  <si>
+    <t>Ata da quadragéssima segunda (42ª) reunião ordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/ata-extra11.pdf</t>
+  </si>
+  <si>
+    <t>Ata da décima primeira (11ª) reunião extraordinária da primeira (1ª) sessão legislativa da décima sétima (17ª) legislatura da Câmara Municipal de São Lourenço do Oeste, Estado de Santa Catarina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5219,67 +5237,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/projelom-01-assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/projelom-02_-_no_vereadores.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/974/projleic001_altera_lc_56_2005_cria_vagas_para_enfermeiro_e_assistente_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/981/projleic002_-_altair_-_isencao_taxa_de_inscricao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/985/projleic002003_altera_lc_56_2005_cria_vagas_para_enfermeiro_assistente_social_e_tec_apoio_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/986/projleic003004_altera_lc_81_icsl_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/987/projleic004005_altera_lc_283_2021_estrutura_administrativa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/989/projleic005006_altera_a_lc_085_2007_icsl_cria_o_cargo_de_instrutor_para_o_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/990/projleic006007_reajuste_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/projleic008009_altera_lc_56_2005_cria_vagas_para_agente_equipamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/projleic009010_fixa_valor_minimo_execucao_fiscal_e_autoriza_o_protesto_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/projleic010011_regime_disciplinar_servidores.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/projleic011012_-_altera_lc_265-2020_-_codigo_de_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/projleic012013_-_altera_lc_56-2005_-_cria_vagas_para_agente_equipamento_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/projleic014_-_isencao_de_iptu_pessoas_com_cancer-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1196/projleic013015_altera_a_lc_085_2007_retira_obrigatoriedade_licenca_cbf_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projleic16-altair_-_novo__isencao_taxa_de_inscricao-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/projleic014017_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/projleic015018_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/projleic016019_novo_plano_de_carreira_e_remuneracao_do_magisterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/projleic017020_altera_lc_146_2012_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/prolc018_021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/projleic019022_ateracao_do_ctm_279_1979.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/projleic020023_institui_o_refislo_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/projleic021024_atera_lei_cosip_lei_1384_2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/projleic022025_regulamentacao_desburocratizacao_economica_e_liberdade_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/projleic023026_regulamentacao_instalacao_e_uso_do_sistema_5g.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/projleic024027_sandbox_regulatorio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projleic025028_altera_lc_47_2003_iss_de_servicos_de_monitoramento_e_rastreamento_a_distancia.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projleic026029_altera_lc_56_2005_lc_118_2010_lc_283_2021_disposicoes_diversas_ferias_exclui_e_cria_divisao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/projleic027_30__politica_municipal_de_recebimento_e_concessao_de_patrocinio_a_eventos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/projleic028031_altera_a_lei_complementar_325_2023_ambiental_cimam.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/projleic029032_cria_programa_de_cooperacao_com_acislo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/projleic030033_altera_lc_367_2025_magisterio_professor_substituto_cria_vagas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/projleic031034_altera_a_lc_085_2007_cria_cargo_kickboxing_para_cdm_e_altera_carga_horaria_volei_e_ginastica_ritmica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/projleic032035_concede_isencao_de_contribuicao_de_melhoria_pavimentacao_asfaltica_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/967/projlei001_autoriza_convenio_com_a_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/968/projlei002_autoriza_convenio_repasse_de_valor_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/969/projlei003_autoriza_convenio_com_a_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/970/projlei004_cessao_de_veiculos_policia_militar_e_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/971/projlei005_altera_a_lei_2316_2017_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/972/projlei006_plano_municipal_de_gestao_integrada_de_residuos_solidos_pmgirs_assinado_completo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/979/projlei_-_ferrari_-_limites_gastos-endividamento.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/984/projlei007008_institui_programa_vivendo_o_esporte_cdm_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1001/projlei009-altair_-_concessao_de_titulo_de_utilidade_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1007/projlei008010_projeto_loteamento_zucchi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1008/projlei009011_autoriza_repasse_de_valores_apae_futsal_e_futebol_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1031/projlei010012_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1036/projlei011013_altera_as_leis_2_351_2017_e_2_620_2021_castracoes_e_tratamento_veterinario_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1049/projlei012_014institui_bonus_aprimoramento_genetico_semen_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1050/projlei013_015altera_leis_2_345_2017_2_645_2021_incentivos_sec_agricultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1051/projlei014016_doacao_e_baixa_de_bens_policia_civil_policia_mililar_bombeiros_e_sucata.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1060/projlei015017_auxilio_financeiro_invernada_artistica_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1069/projlei016_018auxilio_financeiro_associacao_athletico_sao_lourenco_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1073/projlei019_abertura_de_credito_especial_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1074/projlei017_020altera_ppa_secretaria_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1075/projlei018_021altera_a_ldo_secretaria_de_industria_comercio_e_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1079/projlei020_022autoriza_1_edicao_da_feira_de_pascoa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1093/projlei021_023finisa_2025_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/projlei022024_autoriza_municipio_a_promover_e_custear_despesas_2_mtb_cidade_jardim_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/projlei023025_altera_a_lei_1_758_2008_programa_abrigo_domiciliar_familia_acolhedora_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/projlei024026_altera_a_lei_2380_executivo_mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/projlei025027_altera_a_lei_1_546_2005_programa_transformando_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/projlei026028_auxilio_financeiro_para_entidades_rede_feminina_e_esporte_clube_perola_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/projlei027029_autoriza_icsl_a_receber_patrocinio_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/projlei030-declara_de_utilidade_publica_aaslo-assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/projlei028031_transporte_gratuito_alunos_ong_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/projlei029032_auxilio_financeiro_futsal_feminino_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/projlei030033_altera_a_lei_2_374_transporte_universitarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/projlei034_-_mauro_-_institui_proibicao_da_palavra_gratis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/projlei031035_auxilio_financeiro_para_entidades_recurso_fia_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/projlei032036_autoriza_municipio_a_promover_e_custear_despesas_4_trilha_jeep_club.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/projlei033037_auxilio_financeiro_associacoes_de_bocha_feminino_e_masculino_jasc.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/projlei034038_institui_o_programa_municipal_valoriza_de_inclusao_produtiva_e_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/projlei035039_auxilio_financeiro_associacao_cultural_e_esportiva_de_karate_acek.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_40_-_nome_cras_completo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projlei036041_centro_inclusao_digital_criacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/projlei037042_autoriza_a_receber_precatorio_com_desconto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/projlei_043_mauro_-__institui_diretrizes_a_utilizacao_de_material_biodegradavel_em_substituicao_ao_material_plastico.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/projlei_044_-_altera_uso_sacolas_plasticas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/projlei038045_auxilio_financeiro_para_entidade_corrida_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/projlei039046_cria_auxilio_hospedagem_pacientes_tfd_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projlei040047_autoriza_8_edicao_efaislo_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/projlei048-altair_-_declara_de_utilidade_publica_a_associacao_de_condicionamento_fisico-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/projlei041049_dispoe_sobre_o_cemiterio_j_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/projlei042050_altera_a_lei_municipal_n_2_460_de_17_de_abril_de_2019_comtur.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/projlei043051_auxilio_financeiro_para_entidades_ass_mun_bolao_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei052_-_jader_e_bancada_pp.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projlei044053_auxilio_financeiro_entidades_chamamento_publico_fundo_municipal_de_cultura_icsl_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/projlei054_-_institui_monitoramento_glicose-assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/projlei045055_denominacao_ruas_loteamento_sao_paulinho_assinado1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projlei046056_altera_a_lei_2_906_2025_auxilio_financeiro_entidades_chamamento_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/projlei047057_credito_adicional_especial_divisao_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/projlei048058_doacao_de_veiculos_aos_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/projlei049059_cessao_de_uso_onix_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/projlei050060_recebe_em_doacao_imovel_do_esporte_clube_independente_completa_assinada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/projlei051061_com_anexos_autoriza_a_contribuir_com_a_conturoeste.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/projlei052062_recebe_bens_moveis_em_doacao_forum.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/projlei053063_ppa_2026_2029_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/projlei054064_altera_as_leis_1559_2005_1624_2006_e_1_807_2009_desenv_economico_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/projlei055065_altera_a_lei_n_2_072_2013_aprova_o_loteamento_jardim_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/projlei056066_recebe_bens_moveis_em_doacao_ministerio_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projlei057067_auxilio_financeiro_ctg_amizade_sem_fronteiras_chamamento_publico_fundo_municipal_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/projlei058068_autoriza_repasse_aaslo_corrida_de_natal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/projlei059069_ratificacao_alteracoes_cimam.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/projlei060070-correto-concrexap_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/projlei061071_autoriza_a_promocao_do_moto_bruxo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/projlei062072_institui_o_programa_fonte_cheia_permanente.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/projlei063073_diretrizes_para_a_lei_orcamentaria_ldo_2026_com_anexos_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/projlei064074_abertura_de_credito_suplementar_anulacao_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/projlei075_-institui_bolsa_de_ostomia_-_programa-assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/projlei065076_programa_de_resgate_da_tradicao_italiana_grupo_folkloristico_san_gaitano_escola_sao_caetano.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/projlei066077_altera_a_lei_1_807_2009_conselho_municipal_de_desenvolvimento_economico.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/projlei067078_altera_a_lei_2_575_2020_maus_tratos_a_animais_comissao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/projlei068079_quitacao_caixa_led_suplementacao_2025_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/projlei069080_programa_municipal_de_parcerias_publico_privadas_e_concessoes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/projlei070081_ratifica_alteracoes_no_contrato_de_consorcio_publico_cisamosc_regime_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/projlei071082_desafetacao_e_doacao_de_imovel_ong_entre_amigos_e_criancas_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projlei072083_altera_a_lei_2_620_2021_tratamento_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/projlei073084_lei_orcamentaria_anual_loa_2026_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/projlei074085_altera_a_lei_2_374_2017_transporte_universitarios_alunos_do_ensino_superior.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/projeto_utilidade_publica_associacao_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/projlei075087_altera_a_lei_1_624_2006_loteamento_industrial_efaislo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/projlei076088_programa_abrindo_sorrisos_odontologia_na_apae.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/projlei077089_desafetacao_e_doacao_de_imovel_efaislo_sociedade_rural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/projlei078090_plano_municipal_de_mobilidade_urbana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/projlei079091_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/projlei080092_autoriza_municipio_de_vitorino_a_pavimentar_parte_de_rua.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/projlei081093_abertura_de_credito_suplementar_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/proj-res_001_-_jader_comissao_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_resolucao_02_-_prorroga_assuntos_relevantes_estacionamento_rotativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/pdl_01_-_aprova_contas_prefeitura_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/pdl02__-_sessao_solene_fundeste_e_uno-assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/mens44_veto_emenda_lei_patrocinio_icsl.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1009/emenda_supressiva_01.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1014/emenda_substitutiva_plc_05assinada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1017/emenda_supressiva_edson__plc_04assinada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1094/emenda_aditiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1095/emenda_substitutiva_pl_23_ferrari_e_mauro_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/emenda06_-_altair_-_pl_29-assinada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/emenda_modificativa_007_-_projeto_de_lei_complementar_no_11-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/emenda_aditiva_008_-__plc_11_mauro-assinada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/emenda_substitutiva_009_-__plc_11_-_ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/emenda_aditiva_010_-_projeto_de_lei_complementar_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/emendas_substitutiva_projeto_de_lei_complementar_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/emenda_aditiva_pl47_-__efaislo-assinada.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/emenda_modificatica_projeto_de_lei_n.38-2025-assinada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/emenda_aditiva_plc_19_-ferrari-assinada.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/emenda15_-_regularizacao_de_chacaras_e_servidao_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/emenda16_-_edison_chacaras_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/emenda17_-_julcemir__areas_verdes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/emenda18_-_sabino_condominio_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/emenda19_-_joao_inclusao_de_area_urbana_e_zoneamentos_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/emenda20_-_jader_-__indice_de_incomodidade__e_anexos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/piran_emenda_passeios_publicos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/emenda_22_pl_20_-_sabino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/emenda_aditiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/emenda_aditiva_edson_02_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_substitutiva_edson_01_-_pl_85.docx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/991/parecer_pl_01_jader.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_pl_003_altair.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_pl_04_-_altair.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_pl_05_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_pl_08_-_jader.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1006/parecer_conjunto_plc_07_-altair.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_legislacao_plc_03.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_legislacao_plc_06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1021/parecer_legislacao_pl_01.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1022/parecer_legislacao_pl_04.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_legislacao_pl_03.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_legislacao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1025/parecer_n.13_ao_pl07.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1026/parecer_legislacao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1027/parecer_legislacao_plc_04.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1028/parecer_legislacao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1029/parecer_n._17_ao_plc_05.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1030/parecer_n._18_ao_plc04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1032/parecer_19_-_cfo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1033/parecer_20_conj_ljrcfo_e_ecsas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1034/parecer_21_plc_03_cfo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1035/parecer_22_-_ecsas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1037/parecer__23_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1038/parecer_24_-_ljr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1039/parecer_25_-_lrjr.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1047/parecer_pl13_conjunto.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1048/parecer_27_conj_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1052/parecer28_-_plc_03.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1053/parecer_29_-_plc_06.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1054/parecer_30_-_pl_16.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1055/parecer_31_-_pl_09.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1056/parecer_32_-_pl_10.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1057/parecer_33_-_pl_15.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1058/parecer_34_-_pl_14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1090/parecer_plc_02_edisson.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1091/parecer_pl_15_jader.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1092/parecer_37_pl_14..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1087/parecer_conjunto_pl18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1088/parecer_conjunto_pl17.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1096/parecer_conjunto_pl23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/parecer_conjunto_pl22.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/parecer_agricultura_pl15.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/parecer_financas_pl21.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/parecer_financas_pl20.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/parecer_financas_pl19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/parecer_financas_pl16.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/parecer_pl14_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/parecer_plc_09_legislacao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/parecer_pl24_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/pl_26_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/pl_28_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/parecer_pl_027_altair.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/parecer_plc_10_-_jader.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/parecer_pl_31_jader.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/parecer_pl_032_altair.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/parecer_pl_033_altair.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/parecer_plc_09_-_jader.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1152/parecer_educacao_plc09.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/parecer_financas_plc10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/parecer_financas_pl31.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/parecer_financas_pl27.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/parecer_financas_pl33.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/parecer_financas_pl32.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/parecer_pl30_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/parecer_plc13_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/parecer_pl32_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/parecer_pl27_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/parecer_pl31_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/parecer_pl33_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/parecer_pl30_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/paracer_pl_29_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/parecer_pl_34_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/parecer_pcp_-_financas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/voto_separado_pl34.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/parecer_pl_012_edificacoes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/parecer_plc15_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/parecer_pl35_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/parecer_pdl02_-_conjunto.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/parecer_pl_036_altair.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/parecer_plc_11_mauro.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/parecer_plc_16_mauro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/parecer_125_-_pl_43_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/parecer_126_-_pl_44_-_cpljr.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/relatorio_pl_05_-_mauro.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_-_saude_-_jader.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_-_mauro_cesar_michelon_-_requerimento_promocao_gratificacao_por_nova_habilitacao.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/999/requerimento_-_joao_-_quantidade_atendimento_saude_fora-assinada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1004/requerimento_altair_pedido_prazo_-_pl_006.25-assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1005/requerimento_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1010/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1011/requerimento_de_pedido_de_vista_07-_plc_no_004assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1012/requerimento_08altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1013/requerimento_de_pedido_de_vista_06_-_plc_no_003assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1018/requerimento_altair_pedido_prazo_plc_02.assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1042/requerimento_de_precedente_regimental_01.assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1045/requerimento_mauro_-_prazo_pl_10.25.assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1062/requerimento_-_mauro_cesar_michelon_-_cabos_e_fios_soltos-assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1065/requerimento_14_-_altair_informacoes_plano_pedagogico-assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1068/requerimento_15_-_edson__retirada_da_indicacao_19.assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1076/requerimento_16_-_jader_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1077/urgencia_especial_plc_08-assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1080/requerimento_ferrari_cemiterioassinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1083/requerimento19-ferrari_-_certame_licitacao-assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1084/requerimento20-_mauro_cesar_michelon_-_defesa_civil_-_rua_vereador_roberto_wolkmer-assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1085/requerimento21-_mauro_e_edson_-_terreno_deon_-_final_rua_gilio_rezzieri-assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1097/requerimento_22_-_mauro_cesar_michelon_-__abertura_rua_ivo_galeazzi-assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/requerimento_23_-_mauro_cesar_michelon_-__isencao_cosip_vilas_e_distritos-assinadopdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/requerimento_retirada_de_projeto_-_altair-assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/requerimento_jader_-_prazo_contas-assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/requerimento_-_altair_-_criancas_abrigadas-assinada.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/requerimento_-_mauro_cesar_michelon_-_asfalto_sao_roque_-_ouro_verde-assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento_altair_pedido_prazo_pl_25-assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_altair_pedido_prazo_pl_29-assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_-_mauro_cesar_michelon_-informacoes_ref_ao_plc_11-assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/requerimento_mauro_-_pedido_prazo_ao_plc_11-assiando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento32_-_mauro_cesar_michelon_-__compra_pajero_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento34_-_mauro_cesar_michelon_-_numero_fonte_e_cisternas-assiando.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_35_-_mauro_cesar_michelon_-_numeros_de_diabeticos-assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_36_-_mauro_cesar_michelon_-_prazo_exarar_parecer_projeto_de_lei_complementar_no_11-2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_37_-_altair_-_casan-assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_38_-_altair__-_casan_e_concislo-assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/requerimento_39_-_mauro_cesar_michelon_-_prazo_exarar_parecer.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/requerimento_40_-_mauro_cesar_michelon_-_numeros_de_usuarios_ostomizados_-_bolsas_de_urostomia-colostomia-ileostomia..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/requerimento_41_-_mauro_cesar_michelon_-_numeros_de_diversas_doencas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/requerimento_42_-_jader_-_prazo_exarar_relatorio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_43_-_mauro_cesar_michelon_-_programa_de_inclusao_valoriza_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/requerimento_pedido_prazo_pl_38_jader.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_pedido_prazo_plc_11_jader_-.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_46_-_altair_-__acislo_e_cdl-assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_47_-_altair_-_a_entidades_e_orgaos_diversos-assinada.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_48_-_altair_pedido_prazo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/requerimento_49_-_altair_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/requerimento50_mauro_cesar_michelon_-_informacoes_lei_complementar_no_18-assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento51_mauro_cesar_michelon_-_retirada_de_requerimento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/requerimento52_ferrari_-_lei_2.222_-15-assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/requerimento53-_mauro_cesar_michelon_-_informacoes_lei_complementar_no_19-assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento54_mauro_-_pedido_prazo-assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/requerimento55_-_urgencia_especial_pl_53-assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_de_declaracao_de_voto_plc19_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_57_-_jader_-_retirada_projeto-assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/urgencia_especial_-_pl_56-assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_59_-_jader_-_pedido_prazo_pl_38.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_60_-_edson_-_pedido_informacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_61_-_mauro_cesar_michelon_-__dados_educacao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/requerimento_62-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/requerimento_63-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/requerimento_64-2025_-_mauro.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/requerimento_jader_prorroga_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_joao-assiando.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/requerimento_67_-_jader_-_pedido_de_prazo_plc_20-assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_68_-_altair_-_sitraslo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_69_-_mauro_cesar_michelon_-__seguranca_trabalho_servidores_e_terceiros.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_70_-_mauro_cesar_michelon_-_concislo_-_emendas_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_71_-_jader_-_pedido_de_prazo_plc_20.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_72_-_mesa_diretora_facecard.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_73_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/requerimento_74_-_pedido_de_prazo_altair.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/requerimento_75_-_pedido_de_prazo_mauro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_de_participacao_remota.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1453/urgencia_especial._pl_86.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_pedido_de_prazo_jader.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/declaracao_de_voto_-_requerimento_plom_002-2025_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/urgencia_especial_pl_93.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_01_-_sabino_-_aquisicao_van_-_2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/976/indicacao_02_-_edson_-_redutor_de_velocidade_lot._meneguetti.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_03_-_jader_-_criacao_do_plano_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_04_-_julcemir_-_melhorias_acesso_ebm_nossa_senha_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_05_-_edison_-_melhorias_acostamento_asfalto_bairro_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_06_-_altair_-_unidade_de_saude_b._cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_07_-_sabino_-_recurso_apae-assinada.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/997/indicacao_joao_-_rede_trifasica-assinada.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_altair_coleta_de_lixo-assinada.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_10_-_jader_e_bancada_pp-_rotulas_na_rua_guilherme_hack-assinada.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_11_-_bombassaro_-_construcao_de_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1015/indicacao_12_joao_-_aquisicao_de_caixa_dagua.assinada.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_13joao_-_melhorias_na_sinalizacao_em_frente_escola_sao_lourenco.assinada.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1040/indicacao_014_-_sabino_-_melhorias_no_cemiterio_-_2025assinada.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1041/indicacao_015_-_ferrari__-_ar_condicionados.assinada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1043/indicacao_016_-_edison_-_alargamento_de_ponte.assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1059/indicacao_017_-_cesar_-_aquisicao_micro_cdm_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1061/indicacao_018_-_mauro_cesar_michelon_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1063/indicacao_019_-_edson_-_alteracoes_na_lei_dos_acts-assinada.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1064/indicacao_020_-_juce_-_agua_tratada_para_o_bairro_sao_vicente-assinada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_021_-_jader_-_melhorias_ceim_mundo_colorido-assinada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1067/indicacao_022_-_jader_-_demarcacao_de_vagas_de_estacionamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1070/indicacao_23_-_edson_-_passeio_publico-assinada.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_cesar_-_arena-assinada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_25_-_julcemir_-_sombreamento_nas_escolas-assinada.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_26_-_mauro_-_pavimentacao_rua_edmar_hack_e_osvaldo_santin-assinada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_27_-_mauro_-_corrimao_praca_da_liberdade-assinada.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_28_-_altair_-_lombadas_eletronicas-assinada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1089/indicacao_29_-_jader_-_viabilidade_de_resjuste_entidades_culturais-assinada.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_30_-_jader__-_lampadas_de_led-assinada.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_31_-_altair_-_iluminacao_publica-assinada.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_edisson_e_cesar_07.04-assinada.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_33_-_jader_-_fechamento_lateral_ginasio_e_area_coberta_escola_irma_cecilia-assinada.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_34_-_joao_-_lampadas_frederico_wastner-assinada.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_35_-_altair_-_cemiterios-assinada.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_36_-_sabino_-_parques_infantis_e_banheiros-assinada.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_joao_-_substituicao_galerias_de_concreto-assinada.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_38_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco-assinada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_39_-_joao_-viabilidade_estudos_ecoturismo-assinada.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_40_-_jader_-_iluminacao_joao_beux_sobrinho-assinada.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/indicacao_41_-_altair_casan-assinada.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_altair_-_limpeza_passeio_e_ajardinamento-assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/indicacao_-_sabino_zilli-assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/indicacao_44_-_jader_-_melhoria_na_infraestrutura_de_estrada_geral_linha_santo_antonio_e_jacutinga-assinada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1181/indicacao_45_-_jader_-_cobertura_playdroud_escolas_e_ceim-assianda.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1182/indicacao_46_-_mauro_cesar_michelon_-_iluminacao_publica_e_coleta_lixo_-_rua_justina_b._moretto-assinada.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_47_-_joao_-_ajuda_de_custo_a_pacientes_com_hospedagem-assinada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_48_-_ferrari_-_upa-assinada.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_49_-_jader_-_inclusao_de_modalidades_esportivas_programa_viver_esporte-esporte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_50_-_altair_minuta_de_lei-assinada.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_51_-_edison_-_coleta_de_lixo_tres_voltas-assinada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_52_-_edison_-_melhorias_ponte_lageado_antunes-assinada.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_53_-_mauro_cesar_michelon_-__melhorias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_54_-_mauro_cesar_michelon_-__perfuracao_poco_-_comunidade_linha_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_55_-_mauro_cesar_michelon_-__melhorias_vias_-_rua_luiz_meneghetti_filho.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_56_-_altair_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_57_-_jader_-_estudo_de_viabilidade_para_custeio_de_transporte_de_para_clube_de_maes..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao__-_ferrari.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_59_-_mauro_cesar_michelon_-_prorrogacao_do_programa_fonte_cheia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_60_-_mauro_cesar_michelon_-_melhorias_iluminacao_publica_-_praca_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_61_altair_-_campanha_uso_das_sacolas_retornaveis.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_62_-_edson_ferrari_-_faixa_elevada_cora_coralina-assinada.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_63_-_mauro_-_pavimentacao_jardim_italia-assinada.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao64_altair_-_loteamento_alievi-assinada.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_65_-_altair.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao66_jader_-_termo_de_cessao_de_uso_san_kaetano-assinada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao67_-_julcemir-assinada.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao68_-_edson_ferrari_-_demarcacao_ponto_de_onibus-assinada.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/indicacao_69_-_jader_-_isencao_de_iptu_para_pessoas_portadoras_de_doencas_graves-assinada.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_70_-_jader_-_parceria_apae.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_71_-_jader_-_estudo_de_viabilidade_para_ampliacao_do_programa_viver_bem.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/indicacao_72_-__joao_-_programa_estrada_boa.-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/indicacao_73_-_jader_-_estudo_de_viabilidade_para_reforma_do_ginasio_municipal_adilson_rogerio_da_croce.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_74_-_edison_-_pavimentacao_ruas_no_bairro_brasilia.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_75_-__jader_-_viabilizacao_de_construcao_de_praca_no_loteamento_jardim_borges_e_bairro_cruzeiro..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_76_-__cesar_-_pavimentacao_asfaltica_rua_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_77_-_jader_-_estudo_de_viabilidade_troca_de_postes_celesc.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_78_-__cesar_-_caixas_dagua_da_associacao_de_moradores_do_distrito_de_sao_roque-assinada.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_79_-_joao_-_ampliacao_atendimento_educador_fisico_aos_distritos-assinada.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_80_-_jader_-_rotulas_na_rua_aldo_lemos_e_gilio_rezzieri-assinada.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_81_-_jader_-_estudo_de_viabilidade_implantacao_de_carteirinha_fisica_ou_digital_para_estudantes_da_rede_municipal-assinada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao82_-_sabino_-_chimarrodromo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_83_-_jader_-_refislo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_84_-_altair_-_ponto_de_onibus_alunos_da_apae.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_85_-_altair_-_praca-assinada..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_86_-_altair_-_ponto_de_onibus_lauro_muller-assinada.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_87_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_88_-_edson_ferrari_-_ginasio_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_89_-_jader_-_cashback_do_iptu.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_90_-_cesar_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_91_-_mauro_cesar_michelon_-__melhorias_vias_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_92_-_mauro_cesar_michelon_-__cameras_de_seguranca_no_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_93_-_edson_ferrari.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_94_-_edson_-_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_95_-_julcemir_-_corrimao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_96_-_julcemir_-_melhoria_em_pontes.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_97_-_jader_-_estudo_de_viabilidade_efetivacao_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_98_-_joao_-_estudos_projetos_contrata_especialiadades_e_transprote.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_99_-_joao_-_marginal_contorno_armindo_ecker.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_-_cesar_-_aquisicao_desfibrilador_portatil.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_jader_-_101_-_cobertura_quadra_escola__integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_altair_-_retirara_das_casinhas_de_cachorros_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/inidicacao_103_-_jader_-_melhoria_na_qualidade_de_sinal_de_telefonia_movel_e_internet_movel.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/inidicacao_104_-_jader_-_compensacao_de_areas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_105_-_joao_-_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/inidicacao_106_-_jadder_-_estudo_de_viabilidade_para_descentralizacao_de_oficinas_do_icsl.docx.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/inidicacao_107_-_jader_-_estudo_de_viabilidade_para_melhoria_da_estrutura_da_feira_do_produtor..docx.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/inidicacao_108_-_jader_-_desconto_itbi.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/mocao_apoio_-_curso_medicina-assinada.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/mocao_01.2025_-_enfermeiro_vinicios_e_enfermeira_catia_-_dengue_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_apoio_-_conanda-assinada.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/mocao_congratulacao06_-_radio_12_de_maio-assinadapdf.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_pesar_-_ricardo_pettinelli-assinada.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_apoio_-_campanha_a_sua_historia_tem_muito_a_viver.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/mocao_09.2025_-_adriana_biazussi_lolatto.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_10_-_aplausos_ferrari.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/mocao_aplausos_jovem_vida.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_aplausos_12_-_jader_-_espaco_literario.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_13_-_apoio_-_projeto_de_lei_768_-_deputado_altair_silva.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_14_-_jader_-_mocao_aprender_a_empreender.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/mocao_apoio_mdb.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/ata-12.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/ata-13.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/ata-14.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/ata-extra03.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/ata-15.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/ata-16.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/ata-17.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/ata-18.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/ata-extra05.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/ata-19.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/ata-extra06.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/ata-22.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/ata-extra07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/ata-24.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/ata-25.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/ata-extra08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/ata-28.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/ata-30.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/ata-31.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/ata-extra10.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/ata-32.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/ata-33-sinopse.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/ata-35.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/ata-36.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/ata-37.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/ata-39.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/ata-40.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ata-41.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ata-42.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saolourencodooeste.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/ata-extra11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H488"/>
+  <dimension ref="A1:H490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="163.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="210.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="210" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -17634,50 +17652,96 @@
       <c r="H487" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1610</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>328</v>
       </c>
       <c r="D488" t="s">
         <v>1505</v>
       </c>
       <c r="E488" t="s">
         <v>1506</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1611</v>
       </c>
       <c r="H488" t="s">
         <v>1612</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>331</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>335</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1618</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -18125,50 +18189,52 @@
     <hyperlink ref="G464" r:id="rId463"/>
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
     <hyperlink ref="G481" r:id="rId480"/>
     <hyperlink ref="G482" r:id="rId481"/>
     <hyperlink ref="G483" r:id="rId482"/>
     <hyperlink ref="G484" r:id="rId483"/>
     <hyperlink ref="G485" r:id="rId484"/>
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
     <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>